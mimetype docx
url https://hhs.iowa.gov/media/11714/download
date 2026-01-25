--- v0 (2025-10-10)
+++ v1 (2026-01-25)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="78538E87" w14:textId="79D90FFC" w:rsidR="006C47B2" w:rsidRPr="00884488" w:rsidRDefault="00884488" w:rsidP="008B7F83">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884488">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251727872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17472585" wp14:editId="7084C735">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251727872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17472585" wp14:editId="7CBAC212">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>361950</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-238125</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2019300" cy="513755"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapNone/>
             <wp:docPr id="1682534838" name="Picture 1" descr="Graphical user interface, text, application&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1682534838" name="Picture 1" descr="Graphical user interface, text, application&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2019300" cy="513755"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -899,55 +899,55 @@
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28216EB9" wp14:editId="25A167B4">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>1537335</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>6350</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="167640" cy="150495"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="1905"/>
                   <wp:wrapNone/>
                   <wp:docPr id="14" name="Picture 14"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId6">
+                          <a:blip r:embed="rId9">
                             <a:extLst>
                               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                                  <a14:imgLayer r:embed="rId7">
+                                  <a14:imgLayer r:embed="rId10">
                                     <a14:imgEffect>
                                       <a14:saturation sat="0"/>
                                     </a14:imgEffect>
                                   </a14:imgLayer>
                                 </a14:imgProps>
                               </a:ext>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="16522" t="17931" r="12935" b="13229"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="167640" cy="150495"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
@@ -1001,55 +1001,55 @@
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251719680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C143C95" wp14:editId="6F64F1F3">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2597785</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>4445</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="167640" cy="150495"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="635"/>
                   <wp:wrapNone/>
                   <wp:docPr id="13" name="Picture 13"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId6">
+                          <a:blip r:embed="rId9">
                             <a:extLst>
                               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                                  <a14:imgLayer r:embed="rId7">
+                                  <a14:imgLayer r:embed="rId10">
                                     <a14:imgEffect>
                                       <a14:saturation sat="0"/>
                                     </a14:imgEffect>
                                   </a14:imgLayer>
                                 </a14:imgProps>
                               </a:ext>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="16522" t="17931" r="12935" b="13229"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="167640" cy="150495"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
@@ -1148,55 +1148,55 @@
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251722752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EA2DE9B" wp14:editId="1942A65F">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>868680</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>15240</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="167640" cy="150495"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="1905"/>
                   <wp:wrapNone/>
                   <wp:docPr id="15" name="Picture 15"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId6">
+                          <a:blip r:embed="rId9">
                             <a:extLst>
                               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                                  <a14:imgLayer r:embed="rId7">
+                                  <a14:imgLayer r:embed="rId10">
                                     <a14:imgEffect>
                                       <a14:saturation sat="0"/>
                                     </a14:imgEffect>
                                   </a14:imgLayer>
                                 </a14:imgProps>
                               </a:ext>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="16522" t="17931" r="12935" b="13229"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="167640" cy="150495"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
@@ -1225,55 +1225,55 @@
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251721728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CF5379F" wp14:editId="56638F93">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>175895</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>15240</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="167640" cy="150495"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="1905"/>
                   <wp:wrapNone/>
                   <wp:docPr id="10" name="Picture 10"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId6">
+                          <a:blip r:embed="rId9">
                             <a:extLst>
                               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                                  <a14:imgLayer r:embed="rId7">
+                                  <a14:imgLayer r:embed="rId10">
                                     <a14:imgEffect>
                                       <a14:saturation sat="0"/>
                                     </a14:imgEffect>
                                   </a14:imgLayer>
                                 </a14:imgProps>
                               </a:ext>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="16522" t="17931" r="12935" b="13229"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="167640" cy="150495"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
@@ -1343,51 +1343,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4487D8D0" wp14:editId="2A95784F">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="30" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -1440,51 +1440,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="433532E2" wp14:editId="6AEDED2D">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="17" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -1552,51 +1552,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44B0D8D3" wp14:editId="4F7AEBB2">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="33" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -1634,51 +1634,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39B0EBB9" wp14:editId="534FECCD">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="2" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -1738,51 +1738,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C3C5116" wp14:editId="70FF7FF2">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="29" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -1835,51 +1835,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14DC67A5" wp14:editId="6680DAD0">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="18" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -1947,51 +1947,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78574E67" wp14:editId="4867B463">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="34" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2029,51 +2029,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D801441" wp14:editId="4595D6BB">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="3" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2132,51 +2132,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="205BAAF6" wp14:editId="77BA6FD6">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="28" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2229,51 +2229,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46616817" wp14:editId="21E3243B">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="19" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2341,51 +2341,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21F1B82A" wp14:editId="5132D6BC">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="35" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2423,51 +2423,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2664BBF8" wp14:editId="018BF27D">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="4" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2527,51 +2527,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70E24D45" wp14:editId="34BB422F">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="27" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2624,51 +2624,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0EE6DCAB" wp14:editId="49AC4C8F">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="20" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2736,51 +2736,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7201EBE1" wp14:editId="4EC30016">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="36" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2818,51 +2818,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29E734D2" wp14:editId="25E21430">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="5" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -2921,51 +2921,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D2D3C3E" wp14:editId="7B6D094F">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="26" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3018,51 +3018,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="210B2665" wp14:editId="43CCAC8F">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="21" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3130,51 +3130,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E04C8D0" wp14:editId="38988564">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="37" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3212,51 +3212,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E421F26" wp14:editId="59B1DC21">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="6" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3316,51 +3316,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1756CA56" wp14:editId="779D11BE">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="25" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3413,51 +3413,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FBE9152" wp14:editId="2CD9D4D3">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="22" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3525,51 +3525,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BC67AEB" wp14:editId="48666229">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="38" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3607,51 +3607,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AD0A21A" wp14:editId="50E785CD">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="16" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3709,51 +3709,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D04F8D1" wp14:editId="22CA409F">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="24" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3806,51 +3806,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="441DCD4F" wp14:editId="465A165B">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="23" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -3918,51 +3918,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="091885EA" wp14:editId="0CD62838">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="39" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -4000,51 +4000,51 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00884488">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:noProof/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0ED1A764" wp14:editId="1C0F5FE7">
                       <wp:extent cx="426869" cy="418465"/>
                       <wp:effectExtent l="0" t="0" r="0" b="635"/>
                       <wp:docPr id="45" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 3"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId8" cstate="print">
+                              <a:blip r:embed="rId11" cstate="print">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="444610" cy="435857"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -4127,51 +4127,51 @@
             <w:pict>
               <v:line w14:anchorId="5FB96C2A" id="Straight Connector 9" o:spid="_x0000_s1026" style="position:absolute;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="8.2pt,15.65pt" to="712.3pt,15.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQORsktwEAAMMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GOEzEMvSPxD1HudDoVQttRp3voCi4I&#10;KhY+IJtxOpGSOHJCp/17nLSdRSwSAnHxxImf7ffs2dyfvBNHoGQx9LJdLKWAoHGw4dDLb1/fv7mT&#10;ImUVBuUwQC/PkOT99vWrzRQ7WOGIbgASnCSkboq9HHOOXdMkPYJXaYERAj8aJK8yu3RoBlITZ/eu&#10;WS2X75oJaYiEGlLi24fLo9zW/MaAzp+NSZCF6yX3lqulap+KbbYb1R1IxdHqaxvqH7rwygYuOqd6&#10;UFmJ72RfpPJWEyY0eaHRN2iM1VA5MJt2+Qubx1FFqFxYnBRnmdL/S6s/Hfck7NDLtRRBeR7RYyZl&#10;D2MWOwyBBUQS66LTFFPH4buwp6uX4p4K6ZMhX75MR5yqtudZWzhlofnybv121a54BPr21jwDI6X8&#10;AdCLcuils6HQVp06fkyZi3HoLYSd0sildD3ls4MS7MIXMEyFi7UVXZcIdo7EUfH4ldYQcluocL4a&#10;XWDGOjcDl38GXuMLFOqC/Q14RtTKGPIM9jYg/a56Pt1aNpf4mwIX3kWCJxzOdShVGt6UyvC61WUV&#10;f/Yr/Pnf2/4AAAD//wMAUEsDBBQABgAIAAAAIQC94yLY3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9Ra8IwFIXfB/6HcAe+zdRayqhNRYQxFYbMDdxjbK5tZ3NTkmjrv19kD9vjuedw7nfyxaBb&#10;dkXrGkMCppMIGFJpVEOVgM+Pl6dnYM5LUrI1hAJu6GBRjB5ymSnT0zte975ioYRcJgXU3ncZ566s&#10;UUs3MR1S8E7GaumDtBVXVvahXLc8jqKUa9lQ+FDLDlc1luf9RQt4s+v1arm9fdPuS/eHeHvYbYZX&#10;IcaPw3IOzOPg/8Jwxw/oUASmo7mQcqwNOk1CUsBsOgN295M4SYEdfy+8yPn/BcUPAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhABA5GyS3AQAAwwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL3jItjfAAAACQEAAA8AAAAAAAAAAAAAAAAAEQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;" strokecolor="#5b9bd5 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6952E7E1" w14:textId="333BA221" w:rsidR="008B7F83" w:rsidRPr="00884488" w:rsidRDefault="00BE38A8" w:rsidP="00BE38A8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884488">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Please submit the form by faxing it to 515-281-4913 or e-mailing it to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00884488" w:rsidRPr="00884488">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
           </w:rPr>
           <w:t>wicvendor@hhs.iowa.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00884488">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C969D66" w14:textId="77777777" w:rsidR="00622445" w:rsidRPr="00884488" w:rsidRDefault="007768B8" w:rsidP="00BE38A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884488">
         <w:rPr>
@@ -4410,65 +4410,65 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A605C09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D64A69A4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4760,60 +4760,62 @@
   <w:num w:numId="3" w16cid:durableId="669673810">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B7F83"/>
     <w:rsid w:val="00054C15"/>
     <w:rsid w:val="000A1FA4"/>
     <w:rsid w:val="002F214B"/>
+    <w:rsid w:val="00403257"/>
     <w:rsid w:val="005D2333"/>
     <w:rsid w:val="00622445"/>
     <w:rsid w:val="006226A5"/>
     <w:rsid w:val="00646AED"/>
     <w:rsid w:val="006C47B2"/>
     <w:rsid w:val="007768B8"/>
     <w:rsid w:val="00884488"/>
     <w:rsid w:val="008905EF"/>
     <w:rsid w:val="008B7F83"/>
     <w:rsid w:val="008C3000"/>
+    <w:rsid w:val="00931C3B"/>
     <w:rsid w:val="00B507F4"/>
     <w:rsid w:val="00BE38A8"/>
     <w:rsid w:val="00C93B80"/>
     <w:rsid w:val="00DB1FC6"/>
     <w:rsid w:val="00EE646E"/>
     <w:rsid w:val="00F96A12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -5567,51 +5569,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00884488"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wicvendor@hhs.iowa.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wicvendor@hhs.iowa.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5844,50 +5846,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b9ec83af-5ba6-4565-b73d-4c887c44d77b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a850d1ef-3d03-4347-a68d-fd47cf9ff291" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EB0F0120D21F564FB3CE8B1834E2A6BD" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d954a02fbe3a16d015a772920cbd12e4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b9ec83af-5ba6-4565-b73d-4c887c44d77b" xmlns:ns3="a850d1ef-3d03-4347-a68d-fd47cf9ff291" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="65cf90f1a0b998503956c4db9f0daebe" ns2:_="" ns3:_="">
     <xsd:import namespace="b9ec83af-5ba6-4565-b73d-4c887c44d77b"/>
     <xsd:import namespace="a850d1ef-3d03-4347-a68d-fd47cf9ff291"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -6050,112 +6072,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{469A0823-CD25-4A7B-B95C-2BF2000E8BC2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C50C24D-2526-44C6-939B-E177F0D6137A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b9ec83af-5ba6-4565-b73d-4c887c44d77b"/>
+    <ds:schemaRef ds:uri="a850d1ef-3d03-4347-a68d-fd47cf9ff291"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AFEEC9A-0DE6-41F7-B0E1-EDBF8AD3B8C2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AFEEC9A-0DE6-41F7-B0E1-EDBF8AD3B8C2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C50C24D-2526-44C6-939B-E177F0D6137A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{469A0823-CD25-4A7B-B95C-2BF2000E8BC2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b9ec83af-5ba6-4565-b73d-4c887c44d77b"/>
+    <ds:schemaRef ds:uri="a850d1ef-3d03-4347-a68d-fd47cf9ff291"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>150</Words>
-  <Characters>856</Characters>
+  <Words>121</Words>
+  <Characters>660</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>101</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Iowa Department of Public Health</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1004</CharactersWithSpaces>
+  <CharactersWithSpaces>766</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Benedict, Cassy</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100EB0F0120D21F564FB3CE8B1834E2A6BD</vt:lpwstr>
   </property>