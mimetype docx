--- v0 (2026-01-23)
+++ v1 (2026-03-05)
@@ -1220,314 +1220,50 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="146C788D" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Units of 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714918" w:rsidRPr="00714918" w14:paraId="570E078F" w14:textId="77777777" w:rsidTr="30D959EC">
-[...262 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00714918" w:rsidRPr="00714918" w14:paraId="1C9D047B" w14:textId="77777777" w:rsidTr="30D959EC">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5044D722" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -1576,99 +1312,99 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004A534E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75E46106" wp14:editId="20A166EE">
                   <wp:extent cx="648577" cy="1477595"/>
                   <wp:effectExtent l="0" t="0" r="0" b="8890"/>
                   <wp:docPr id="428471310" name="Picture 1" descr="Text, chat or text message&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="428471310" name="Picture 1" descr="Text, chat or text message&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16" cstate="print">
+                          <a:blip r:embed="rId15" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="665364" cy="1515839"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="004A534E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1EA38709" wp14:editId="55AB1DC1">
                   <wp:extent cx="667309" cy="1510081"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1385938550" name="Picture 2" descr="Graphical user interface, text, application, chat or text message&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1385938550" name="Picture 2" descr="Graphical user interface, text, application, chat or text message&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId17" cstate="print">
+                          <a:blip r:embed="rId16" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="688699" cy="1558485"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
@@ -1861,51 +1597,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000D003D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="501F332D" wp14:editId="5F9AD958">
                   <wp:extent cx="1509756" cy="1018312"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="25622518" name="Picture 3" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="25622518" name="Picture 3" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId18" cstate="print">
+                          <a:blip r:embed="rId17" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1519237" cy="1024707"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
@@ -2079,51 +1815,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="712BFAC7" wp14:editId="0F8D513E">
                   <wp:extent cx="771525" cy="762000"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="655939081" name="Picture 80"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 226"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19">
+                          <a:blip r:embed="rId18">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="771525" cy="762000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -2295,51 +2031,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F409D9A" wp14:editId="45E86273">
                   <wp:extent cx="1333500" cy="923925"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="1667681765" name="Picture 79" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1667681765" name="Picture 79" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20">
+                          <a:blip r:embed="rId19">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1333500" cy="923925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -2448,51 +2184,50 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1617451D" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15C3173F" w14:textId="50660C53" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -2502,51 +2237,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CEAF9C8" wp14:editId="7F15A606">
                   <wp:extent cx="1333500" cy="923925"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="637557886" name="Picture 78" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="637557886" name="Picture 78" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20">
+                          <a:blip r:embed="rId19">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1333500" cy="923925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -2675,50 +2410,51 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="467C4DDC" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29C3C1D9" w14:textId="530206E6" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -2728,51 +2464,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D7D4985" wp14:editId="7C8F229F">
                   <wp:extent cx="1590675" cy="1057275"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="663912963" name="Picture 77" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="663912963" name="Picture 77" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21">
+                          <a:blip r:embed="rId20">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1590675" cy="1057275"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -2974,51 +2710,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A7A4151" wp14:editId="1A302413">
                   <wp:extent cx="1590675" cy="1057275"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="930728328" name="Picture 76" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="930728328" name="Picture 76" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21">
+                          <a:blip r:embed="rId20">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1590675" cy="1057275"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -3220,51 +2956,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F289DA4" wp14:editId="24E77311">
                   <wp:extent cx="1543050" cy="1076325"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="224964815" name="Picture 75"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 231"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22">
+                          <a:blip r:embed="rId21">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1543050" cy="1076325"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -3446,51 +3182,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74344E8D" wp14:editId="4F2D802D">
                   <wp:extent cx="1543050" cy="1076325"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="19423163" name="Picture 74"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 232"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22">
+                          <a:blip r:embed="rId21">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1543050" cy="1076325"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -3672,51 +3408,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15B67D59" wp14:editId="43E4BF8C">
                   <wp:extent cx="1285875" cy="1285875"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="789224831" name="Picture 73" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="789224831" name="Picture 73" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId23">
+                          <a:blip r:embed="rId22">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1285875" cy="1285875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -3865,51 +3601,50 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5EA79289" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DAD6A2F" w14:textId="2C57E118" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -3919,51 +3654,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14F37835" wp14:editId="3995451C">
                   <wp:extent cx="1285875" cy="1285875"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="595661081" name="Picture 72" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="595661081" name="Picture 72" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId23">
+                          <a:blip r:embed="rId22">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1285875" cy="1285875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4092,50 +3827,51 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4EB3078B" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45354FAA" w14:textId="29D8397B" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -4145,51 +3881,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B57378F" wp14:editId="2E89288D">
                   <wp:extent cx="1104900" cy="1428750"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1580496707" name="Picture 71" descr="Graphical user interface, application&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1580496707" name="Picture 71" descr="Graphical user interface, application&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId24">
+                          <a:blip r:embed="rId23">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1104900" cy="1428750"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4200,51 +3936,51 @@
             </w:r>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BFB4C88" wp14:editId="5EE579D8">
                   <wp:extent cx="981075" cy="1257300"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="34950405" name="Picture 70" descr="Graphical user interface&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="34950405" name="Picture 70" descr="Graphical user interface&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId25">
+                          <a:blip r:embed="rId24">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="981075" cy="1257300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4456,51 +4192,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32B3C03E" wp14:editId="3A82BFDA">
                   <wp:extent cx="561975" cy="1114425"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="2107595910" name="Picture 69"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 237"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26">
+                          <a:blip r:embed="rId25">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="561975" cy="1114425"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4714,51 +4450,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34E2E543" wp14:editId="6B056E7E">
                   <wp:extent cx="1562100" cy="2009775"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="1406374736" name="Picture 68"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 238"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId27">
+                          <a:blip r:embed="rId26">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1562100" cy="2009775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4961,51 +4697,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F8213E7" wp14:editId="4ED23ABC">
                   <wp:extent cx="1533525" cy="1971675"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="1897775066" name="Picture 67"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 239"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId28">
+                          <a:blip r:embed="rId27">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1533525" cy="1971675"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -5197,51 +4933,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C427995" wp14:editId="2B9E1ED0">
                   <wp:extent cx="1362075" cy="1752600"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="2041562900" name="Picture 66"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 240"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId29">
+                          <a:blip r:embed="rId28">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1362075" cy="1752600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -5462,51 +5198,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D3F1BEC" wp14:editId="7C8D1439">
                   <wp:extent cx="1733550" cy="2228850"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="704802452" name="Picture 65"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 241"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId30">
+                          <a:blip r:embed="rId29">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1733550" cy="2228850"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -5679,51 +5415,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="591F21EC" wp14:editId="0D5943CF">
                   <wp:extent cx="1352550" cy="1743075"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="373258557" name="Picture 64"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 242"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId31">
+                          <a:blip r:embed="rId30">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1352550" cy="1743075"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -5915,51 +5651,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3580E365" wp14:editId="4FF173DB">
                   <wp:extent cx="1704975" cy="2190750"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="649206318" name="Picture 60"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 246"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId32">
+                          <a:blip r:embed="rId31">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1704975" cy="2190750"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -6064,286 +5800,50 @@
               <w:t>Units of  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01160EDE" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714918" w:rsidRPr="00714918" w14:paraId="5723617A" w14:textId="77777777" w:rsidTr="30D959EC">
-[...234 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00714918" w:rsidRPr="00714918" w14:paraId="7A5383AC" w14:textId="77777777" w:rsidTr="30D959EC">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="035F7784" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -6387,51 +5887,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="202714FB" wp14:editId="670CFF15">
                   <wp:extent cx="1543050" cy="1990725"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="528915979" name="Picture 58"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 248"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId34">
+                          <a:blip r:embed="rId32">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1543050" cy="1990725"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -6570,50 +6070,51 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70EF56B7" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28DEA6CA" w14:textId="6BE7B9A5" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -6623,51 +6124,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="165CA166" wp14:editId="486BD56E">
                   <wp:extent cx="1381125" cy="1771650"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2142857262" name="Picture 57"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 249"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId35">
+                          <a:blip r:embed="rId33">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1381125" cy="1771650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -6859,51 +6360,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AA89314" wp14:editId="0D53B762">
                   <wp:extent cx="1609725" cy="2066925"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="2028100998" name="Picture 56"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 250"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId36">
+                          <a:blip r:embed="rId34">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1609725" cy="2066925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -7095,51 +6596,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="301F5BFB" wp14:editId="0BCEF697">
                   <wp:extent cx="1438275" cy="1847850"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1044795731" name="Picture 55"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 251"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37">
+                          <a:blip r:embed="rId35">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1438275" cy="1847850"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -7331,51 +6832,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E186D72" wp14:editId="778BE61A">
                   <wp:extent cx="923925" cy="2019300"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="551534305" name="Picture 54"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 252"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId38">
+                          <a:blip r:embed="rId36">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="923925" cy="2019300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -7514,50 +7015,51 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="49F9F56E" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15496AE2" w14:textId="004127FB" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -7567,51 +7069,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A2B9045" wp14:editId="0AE4A2AB">
                   <wp:extent cx="1504950" cy="2314575"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1459189009" name="Picture 53"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 253"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId39">
+                          <a:blip r:embed="rId37">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1504950" cy="2314575"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -7823,51 +7325,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="044A8974" wp14:editId="652A4961">
                   <wp:extent cx="1409700" cy="1619250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="597758504" name="Picture 52"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 254"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId40">
+                          <a:blip r:embed="rId38">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1409700" cy="1619250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -8119,51 +7621,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A87C736" wp14:editId="43C2CDE3">
                   <wp:extent cx="1457325" cy="1876425"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="2126248186" name="Picture 51"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 255"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId41">
+                          <a:blip r:embed="rId39">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1457325" cy="1876425"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -8268,286 +7770,50 @@
               <w:t>Units of  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F68A657" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714918" w:rsidRPr="00714918" w14:paraId="5479EAA5" w14:textId="77777777" w:rsidTr="30D959EC">
-[...234 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00714918" w:rsidRPr="00714918" w14:paraId="7F2A99B9" w14:textId="77777777" w:rsidTr="30D959EC">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="642BA5AA" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -8598,51 +7864,51 @@
             </w:r>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="378AB73F" wp14:editId="1A94A709">
                   <wp:extent cx="1654169" cy="920750"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="1050374397" name="Picture 49"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 257"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId43" cstate="print">
+                          <a:blip r:embed="rId40" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1668402" cy="928673"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -8779,50 +8045,51 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="205839E2" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73B14753" w14:textId="763BB1D8" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -8832,51 +8099,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FA4CC2B" wp14:editId="0F742853">
                   <wp:extent cx="1543050" cy="1981200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1772010647" name="Picture 48"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 258"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId44">
+                          <a:blip r:embed="rId41">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1543050" cy="1981200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -9068,51 +8335,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5039771F" wp14:editId="1F9B13F0">
                   <wp:extent cx="819150" cy="1057275"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="804166958" name="Picture 47"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 259"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId45">
+                          <a:blip r:embed="rId42">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="819150" cy="1057275"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -9123,51 +8390,51 @@
             </w:r>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="479BB083" wp14:editId="2C62C683">
                   <wp:extent cx="800100" cy="1028700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="195807616" name="Picture 46"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 260"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId46">
+                          <a:blip r:embed="rId43">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="800100" cy="1028700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -9308,75 +8575,75 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714918">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A8905B" w14:textId="77777777" w:rsidR="00714918" w:rsidRDefault="00714918" w:rsidP="006629FC">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00714918" w:rsidSect="00E368B6">
-      <w:headerReference w:type="default" r:id="rId47"/>
-      <w:footerReference w:type="default" r:id="rId48"/>
+      <w:headerReference w:type="default" r:id="rId44"/>
+      <w:footerReference w:type="default" r:id="rId45"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1753" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A59D6C1" w14:textId="77777777" w:rsidR="00FC1383" w:rsidRDefault="00FC1383" w:rsidP="00ED0FA2">
+    <w:p w14:paraId="6347E600" w14:textId="77777777" w:rsidR="003848DB" w:rsidRDefault="003848DB" w:rsidP="00ED0FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BF1C47E" w14:textId="77777777" w:rsidR="00FC1383" w:rsidRDefault="00FC1383" w:rsidP="00ED0FA2">
+    <w:p w14:paraId="7CF2CADF" w14:textId="77777777" w:rsidR="003848DB" w:rsidRDefault="003848DB" w:rsidP="00ED0FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -9430,61 +8697,61 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6244E3A3" w14:textId="08588C01" w:rsidR="0016493D" w:rsidRPr="0016493D" w:rsidRDefault="0016493D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0016493D">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>470-0217 (07/25)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="390695AA" w14:textId="77777777" w:rsidR="00FC1383" w:rsidRDefault="00FC1383" w:rsidP="00ED0FA2">
+    <w:p w14:paraId="31E81EF4" w14:textId="77777777" w:rsidR="003848DB" w:rsidRDefault="003848DB" w:rsidP="00ED0FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72AE045C" w14:textId="77777777" w:rsidR="00FC1383" w:rsidRDefault="00FC1383" w:rsidP="00ED0FA2">
+    <w:p w14:paraId="4134505B" w14:textId="77777777" w:rsidR="003848DB" w:rsidRDefault="003848DB" w:rsidP="00ED0FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="051405F2" w14:textId="77777777" w:rsidR="00ED0FA2" w:rsidRPr="00A63588" w:rsidRDefault="007E0B4A" w:rsidP="00A63588">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="007BD59E" wp14:editId="29BEBF1B">
@@ -11638,129 +10905,137 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1145438294">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1283659028">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="674653995">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="24982743">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="881090256">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="554895241">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C42A9E"/>
+    <w:rsid w:val="00021B2F"/>
     <w:rsid w:val="00051975"/>
     <w:rsid w:val="000D003D"/>
+    <w:rsid w:val="000D06C2"/>
     <w:rsid w:val="0016493D"/>
     <w:rsid w:val="001F66B9"/>
     <w:rsid w:val="00252BF3"/>
     <w:rsid w:val="002C5C9B"/>
     <w:rsid w:val="00342B93"/>
+    <w:rsid w:val="003848DB"/>
     <w:rsid w:val="003D4E77"/>
+    <w:rsid w:val="003F350B"/>
     <w:rsid w:val="004A534E"/>
     <w:rsid w:val="004C0ABE"/>
     <w:rsid w:val="004E77FB"/>
     <w:rsid w:val="0051080D"/>
     <w:rsid w:val="00521A34"/>
+    <w:rsid w:val="00557F48"/>
     <w:rsid w:val="005B26F1"/>
     <w:rsid w:val="005D3B95"/>
     <w:rsid w:val="005F587F"/>
     <w:rsid w:val="006303C7"/>
     <w:rsid w:val="006629FC"/>
     <w:rsid w:val="006965D5"/>
     <w:rsid w:val="00697452"/>
     <w:rsid w:val="006E6013"/>
     <w:rsid w:val="0071057A"/>
     <w:rsid w:val="00714918"/>
     <w:rsid w:val="00714B6E"/>
     <w:rsid w:val="00733588"/>
     <w:rsid w:val="007703D7"/>
     <w:rsid w:val="00787B92"/>
     <w:rsid w:val="007A5162"/>
     <w:rsid w:val="007E0B4A"/>
     <w:rsid w:val="008B00EA"/>
+    <w:rsid w:val="008B35D4"/>
     <w:rsid w:val="008C4366"/>
     <w:rsid w:val="008D18DF"/>
     <w:rsid w:val="008D6F19"/>
     <w:rsid w:val="008F3462"/>
     <w:rsid w:val="009022EC"/>
     <w:rsid w:val="00903F88"/>
     <w:rsid w:val="00914BD3"/>
     <w:rsid w:val="00931436"/>
     <w:rsid w:val="00967CE9"/>
     <w:rsid w:val="009800A3"/>
     <w:rsid w:val="009B5B7D"/>
     <w:rsid w:val="009E560F"/>
     <w:rsid w:val="00A57921"/>
     <w:rsid w:val="00A63588"/>
     <w:rsid w:val="00A828ED"/>
     <w:rsid w:val="00AD0ECA"/>
     <w:rsid w:val="00B33E59"/>
     <w:rsid w:val="00B64635"/>
     <w:rsid w:val="00BD086C"/>
     <w:rsid w:val="00BE458C"/>
     <w:rsid w:val="00C3455D"/>
     <w:rsid w:val="00C42A9E"/>
+    <w:rsid w:val="00C44545"/>
     <w:rsid w:val="00CE78F0"/>
+    <w:rsid w:val="00D359C1"/>
     <w:rsid w:val="00D36BC3"/>
     <w:rsid w:val="00D54BEA"/>
     <w:rsid w:val="00D817D2"/>
     <w:rsid w:val="00D8232C"/>
     <w:rsid w:val="00DA1414"/>
     <w:rsid w:val="00DA16A0"/>
     <w:rsid w:val="00DE0E1F"/>
     <w:rsid w:val="00E368B6"/>
     <w:rsid w:val="00E56796"/>
     <w:rsid w:val="00E84ABA"/>
     <w:rsid w:val="00EB05AF"/>
     <w:rsid w:val="00ED0FA2"/>
     <w:rsid w:val="00F707FA"/>
     <w:rsid w:val="00FA5524"/>
     <w:rsid w:val="00FC1383"/>
     <w:rsid w:val="00FD1645"/>
     <w:rsid w:val="00FF1CD1"/>
     <w:rsid w:val="03AAA2D5"/>
     <w:rsid w:val="105B74A1"/>
     <w:rsid w:val="15F2F31C"/>
     <w:rsid w:val="17851D6B"/>
     <w:rsid w:val="30D959EC"/>
     <w:rsid w:val="362CD31C"/>
     <w:rsid w:val="3F10EE9A"/>
     <w:rsid w:val="52286253"/>
@@ -23743,55 +23018,55 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1722438603">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhassistance@hhs.iowa.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhassistance@hhs.iowa.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\tgerdne0\Downloads\HHS%20Letterhead%20Basic%20(1).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Gov Office 2024 theme">
   <a:themeElements>
     <a:clrScheme name="Gov Office Swatches">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="4B4D4F"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="04627A"/>
       </a:accent1>
@@ -23972,54 +23247,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Gov Office 2024 theme" id="{6298349E-A72C-4519-A5B0-B690EDAB395A}" vid="{8599F3F0-E36C-43A3-A13A-EDC9317CF2B3}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010000E1F481E97DF848B92E9033EEF2A8AC" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01e34592a4230b7637aff35644df1685">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e0b805e8-c967-4d1c-993a-9bf901049d3a" xmlns:ns3="17169cdf-514c-400e-a2ce-7ebc9fe4766f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e6a31a46aaf97704f17266af6cf41b11" ns2:_="" ns3:_="">
     <xsd:import namespace="e0b805e8-c967-4d1c-993a-9bf901049d3a"/>
     <xsd:import namespace="17169cdf-514c-400e-a2ce-7ebc9fe4766f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -24184,147 +23455,151 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e0b805e8-c967-4d1c-993a-9bf901049d3a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="17169cdf-514c-400e-a2ce-7ebc9fe4766f" xsi:nil="true"/>
     <Notes xmlns="e0b805e8-c967-4d1c-993a-9bf901049d3a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5C0D329-E0D8-4A44-87DB-9C66310D0255}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e0b805e8-c967-4d1c-993a-9bf901049d3a"/>
     <ds:schemaRef ds:uri="17169cdf-514c-400e-a2ce-7ebc9fe4766f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{428CCDF9-9ADC-4F3D-9340-4087C00B0792}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9050790-BAB1-499C-A13B-4055AEA70B43}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{023DAF30-507D-4BEF-B3D8-0B374BAE3BBC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e0b805e8-c967-4d1c-993a-9bf901049d3a"/>
     <ds:schemaRef ds:uri="17169cdf-514c-400e-a2ce-7ebc9fe4766f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{428CCDF9-9ADC-4F3D-9340-4087C00B0792}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>HHS Letterhead Basic (1)</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>4256</Characters>
+  <Pages>9</Pages>
+  <Words>720</Words>
+  <Characters>4106</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>470-0217, Tobacco Prevention Materials Order Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4993</CharactersWithSpaces>
+  <CharactersWithSpaces>4817</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>470-0217, Tobacco Prevention Materials Order Form</dc:title>
   <dc:subject/>
   <dc:creator>Iowa Department of Health and Human Services</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010000E1F481E97DF848B92E9033EEF2A8AC</vt:lpwstr>
   </property>