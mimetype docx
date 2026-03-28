--- v1 (2026-03-05)
+++ v2 (2026-03-28)
@@ -5327,557 +5327,85 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52128D99" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Units of 5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714918" w:rsidRPr="00714918" w14:paraId="035AD1A7" w14:textId="77777777" w:rsidTr="30D959EC">
-[...471 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00714918" w:rsidRPr="00714918" w14:paraId="7A5383AC" w14:textId="77777777" w:rsidTr="30D959EC">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="035F7784" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0078AF8A" w14:textId="78A2AB3B" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -5887,51 +5415,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="202714FB" wp14:editId="670CFF15">
                   <wp:extent cx="1543050" cy="1990725"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="528915979" name="Picture 58"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 248"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId32">
+                          <a:blip r:embed="rId30">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1543050" cy="1990725"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -6070,51 +5598,50 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70EF56B7" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28DEA6CA" w14:textId="6BE7B9A5" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -6124,51 +5651,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="165CA166" wp14:editId="486BD56E">
                   <wp:extent cx="1381125" cy="1771650"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2142857262" name="Picture 57"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 249"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId33">
+                          <a:blip r:embed="rId31">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1381125" cy="1771650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -6360,51 +5887,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AA89314" wp14:editId="0D53B762">
                   <wp:extent cx="1609725" cy="2066925"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="2028100998" name="Picture 56"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 250"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId34">
+                          <a:blip r:embed="rId32">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1609725" cy="2066925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -6596,51 +6123,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="301F5BFB" wp14:editId="0BCEF697">
                   <wp:extent cx="1438275" cy="1847850"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1044795731" name="Picture 55"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 251"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId35">
+                          <a:blip r:embed="rId33">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1438275" cy="1847850"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -6779,50 +6306,51 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CCFF3F1" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60CE4402" w14:textId="4D0758AC" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -6832,51 +6360,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E186D72" wp14:editId="778BE61A">
                   <wp:extent cx="923925" cy="2019300"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="551534305" name="Picture 54"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 252"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId36">
+                          <a:blip r:embed="rId34">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="923925" cy="2019300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -7015,51 +6543,50 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="49F9F56E" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15496AE2" w14:textId="004127FB" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -7069,51 +6596,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A2B9045" wp14:editId="0AE4A2AB">
                   <wp:extent cx="1504950" cy="2314575"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1459189009" name="Picture 53"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 253"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37">
+                          <a:blip r:embed="rId35">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1504950" cy="2314575"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -7325,51 +6852,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="044A8974" wp14:editId="652A4961">
                   <wp:extent cx="1409700" cy="1619250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="597758504" name="Picture 52"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 254"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId38">
+                          <a:blip r:embed="rId36">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1409700" cy="1619250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -7568,50 +7095,51 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="469662B2" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12551AE3" w14:textId="23616551" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -7621,51 +7149,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A87C736" wp14:editId="43C2CDE3">
                   <wp:extent cx="1457325" cy="1876425"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="2126248186" name="Picture 51"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 255"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId39">
+                          <a:blip r:embed="rId37">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1457325" cy="1876425"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -7864,51 +7392,51 @@
             </w:r>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="378AB73F" wp14:editId="1A94A709">
                   <wp:extent cx="1654169" cy="920750"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="1050374397" name="Picture 49"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 257"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId40" cstate="print">
+                          <a:blip r:embed="rId38" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1668402" cy="928673"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -8045,51 +7573,50 @@
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="205839E2" w14:textId="77777777" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73B14753" w14:textId="763BB1D8" w:rsidR="00714918" w:rsidRPr="00714918" w:rsidRDefault="00714918" w:rsidP="00714918">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -8099,51 +7626,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FA4CC2B" wp14:editId="0F742853">
                   <wp:extent cx="1543050" cy="1981200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1772010647" name="Picture 48"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 258"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId41">
+                          <a:blip r:embed="rId39">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1543050" cy="1981200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -8335,51 +7862,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5039771F" wp14:editId="1F9B13F0">
                   <wp:extent cx="819150" cy="1057275"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="804166958" name="Picture 47"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 259"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId42">
+                          <a:blip r:embed="rId40">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="819150" cy="1057275"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -8390,51 +7917,51 @@
             </w:r>
             <w:r w:rsidRPr="00714918">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="479BB083" wp14:editId="2C62C683">
                   <wp:extent cx="800100" cy="1028700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="195807616" name="Picture 46"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 260"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId43">
+                          <a:blip r:embed="rId41">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="800100" cy="1028700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -8575,75 +8102,75 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714918">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A8905B" w14:textId="77777777" w:rsidR="00714918" w:rsidRDefault="00714918" w:rsidP="006629FC">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00714918" w:rsidSect="00E368B6">
-      <w:headerReference w:type="default" r:id="rId44"/>
-      <w:footerReference w:type="default" r:id="rId45"/>
+      <w:headerReference w:type="default" r:id="rId42"/>
+      <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1753" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6347E600" w14:textId="77777777" w:rsidR="003848DB" w:rsidRDefault="003848DB" w:rsidP="00ED0FA2">
+    <w:p w14:paraId="11DD118D" w14:textId="77777777" w:rsidR="004B33EF" w:rsidRDefault="004B33EF" w:rsidP="00ED0FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CF2CADF" w14:textId="77777777" w:rsidR="003848DB" w:rsidRDefault="003848DB" w:rsidP="00ED0FA2">
+    <w:p w14:paraId="659BF21F" w14:textId="77777777" w:rsidR="004B33EF" w:rsidRDefault="004B33EF" w:rsidP="00ED0FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8697,61 +8224,61 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6244E3A3" w14:textId="08588C01" w:rsidR="0016493D" w:rsidRPr="0016493D" w:rsidRDefault="0016493D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0016493D">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>470-0217 (07/25)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31E81EF4" w14:textId="77777777" w:rsidR="003848DB" w:rsidRDefault="003848DB" w:rsidP="00ED0FA2">
+    <w:p w14:paraId="212AA663" w14:textId="77777777" w:rsidR="004B33EF" w:rsidRDefault="004B33EF" w:rsidP="00ED0FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4134505B" w14:textId="77777777" w:rsidR="003848DB" w:rsidRDefault="003848DB" w:rsidP="00ED0FA2">
+    <w:p w14:paraId="6F86CD4B" w14:textId="77777777" w:rsidR="004B33EF" w:rsidRDefault="004B33EF" w:rsidP="00ED0FA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="051405F2" w14:textId="77777777" w:rsidR="00ED0FA2" w:rsidRPr="00A63588" w:rsidRDefault="007E0B4A" w:rsidP="00A63588">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="007BD59E" wp14:editId="29BEBF1B">
@@ -10944,77 +10471,81 @@
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C42A9E"/>
     <w:rsid w:val="00021B2F"/>
     <w:rsid w:val="00051975"/>
     <w:rsid w:val="000D003D"/>
     <w:rsid w:val="000D06C2"/>
     <w:rsid w:val="0016493D"/>
     <w:rsid w:val="001F66B9"/>
     <w:rsid w:val="00252BF3"/>
     <w:rsid w:val="002C5C9B"/>
     <w:rsid w:val="00342B93"/>
     <w:rsid w:val="003848DB"/>
     <w:rsid w:val="003D4E77"/>
     <w:rsid w:val="003F350B"/>
     <w:rsid w:val="004A534E"/>
+    <w:rsid w:val="004B33EF"/>
     <w:rsid w:val="004C0ABE"/>
     <w:rsid w:val="004E77FB"/>
     <w:rsid w:val="0051080D"/>
     <w:rsid w:val="00521A34"/>
     <w:rsid w:val="00557F48"/>
     <w:rsid w:val="005B26F1"/>
     <w:rsid w:val="005D3B95"/>
     <w:rsid w:val="005F587F"/>
+    <w:rsid w:val="00620AA8"/>
     <w:rsid w:val="006303C7"/>
     <w:rsid w:val="006629FC"/>
     <w:rsid w:val="006965D5"/>
     <w:rsid w:val="00697452"/>
     <w:rsid w:val="006E6013"/>
     <w:rsid w:val="0071057A"/>
     <w:rsid w:val="00714918"/>
     <w:rsid w:val="00714B6E"/>
     <w:rsid w:val="00733588"/>
     <w:rsid w:val="007703D7"/>
     <w:rsid w:val="00787B92"/>
     <w:rsid w:val="007A5162"/>
     <w:rsid w:val="007E0B4A"/>
+    <w:rsid w:val="00820417"/>
     <w:rsid w:val="008B00EA"/>
     <w:rsid w:val="008B35D4"/>
     <w:rsid w:val="008C4366"/>
     <w:rsid w:val="008D18DF"/>
     <w:rsid w:val="008D6F19"/>
     <w:rsid w:val="008F3462"/>
+    <w:rsid w:val="008F4D5C"/>
     <w:rsid w:val="009022EC"/>
     <w:rsid w:val="00903F88"/>
     <w:rsid w:val="00914BD3"/>
     <w:rsid w:val="00931436"/>
     <w:rsid w:val="00967CE9"/>
     <w:rsid w:val="009800A3"/>
     <w:rsid w:val="009B5B7D"/>
     <w:rsid w:val="009E560F"/>
     <w:rsid w:val="00A57921"/>
     <w:rsid w:val="00A63588"/>
     <w:rsid w:val="00A828ED"/>
     <w:rsid w:val="00AD0ECA"/>
     <w:rsid w:val="00B33E59"/>
     <w:rsid w:val="00B64635"/>
     <w:rsid w:val="00BD086C"/>
     <w:rsid w:val="00BE458C"/>
     <w:rsid w:val="00C3455D"/>
     <w:rsid w:val="00C42A9E"/>
     <w:rsid w:val="00C44545"/>
     <w:rsid w:val="00CE78F0"/>
     <w:rsid w:val="00D359C1"/>
     <w:rsid w:val="00D36BC3"/>
     <w:rsid w:val="00D54BEA"/>
     <w:rsid w:val="00D817D2"/>
     <w:rsid w:val="00D8232C"/>
@@ -23018,55 +22549,55 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1722438603">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhassistance@hhs.iowa.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhassistance@hhs.iowa.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\tgerdne0\Downloads\HHS%20Letterhead%20Basic%20(1).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Gov Office 2024 theme">
   <a:themeElements>
     <a:clrScheme name="Gov Office Swatches">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="4B4D4F"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="04627A"/>
       </a:accent1>
@@ -23247,50 +22778,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Gov Office 2024 theme" id="{6298349E-A72C-4519-A5B0-B690EDAB395A}" vid="{8599F3F0-E36C-43A3-A13A-EDC9317CF2B3}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010000E1F481E97DF848B92E9033EEF2A8AC" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01e34592a4230b7637aff35644df1685">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e0b805e8-c967-4d1c-993a-9bf901049d3a" xmlns:ns3="17169cdf-514c-400e-a2ce-7ebc9fe4766f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e6a31a46aaf97704f17266af6cf41b11" ns2:_="" ns3:_="">
     <xsd:import namespace="e0b805e8-c967-4d1c-993a-9bf901049d3a"/>
     <xsd:import namespace="17169cdf-514c-400e-a2ce-7ebc9fe4766f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -23455,151 +22990,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e0b805e8-c967-4d1c-993a-9bf901049d3a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="17169cdf-514c-400e-a2ce-7ebc9fe4766f" xsi:nil="true"/>
     <Notes xmlns="e0b805e8-c967-4d1c-993a-9bf901049d3a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9050790-BAB1-499C-A13B-4055AEA70B43}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5C0D329-E0D8-4A44-87DB-9C66310D0255}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e0b805e8-c967-4d1c-993a-9bf901049d3a"/>
     <ds:schemaRef ds:uri="17169cdf-514c-400e-a2ce-7ebc9fe4766f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9050790-BAB1-499C-A13B-4055AEA70B43}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{428CCDF9-9ADC-4F3D-9340-4087C00B0792}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{023DAF30-507D-4BEF-B3D8-0B374BAE3BBC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e0b805e8-c967-4d1c-993a-9bf901049d3a"/>
     <ds:schemaRef ds:uri="17169cdf-514c-400e-a2ce-7ebc9fe4766f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>HHS Letterhead Basic (1)</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>4106</Characters>
+  <Pages>8</Pages>
+  <Words>701</Words>
+  <Characters>3996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
+  <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>470-0217, Tobacco Prevention Materials Order Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4817</CharactersWithSpaces>
+  <CharactersWithSpaces>4688</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>470-0217, Tobacco Prevention Materials Order Form</dc:title>
   <dc:subject/>
   <dc:creator>Iowa Department of Health and Human Services</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010000E1F481E97DF848B92E9033EEF2A8AC</vt:lpwstr>
   </property>