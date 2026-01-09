--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -1,73 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20403"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Community Action\CSBG\Fiscal\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iowadhs.sharepoint.com/sites/CommunityActionAgencies/Shared Documents/CSBG/CSBG/Website/Members Only Current/UPDATES NEEDED/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2CB3FB8E-3817-457D-8353-282007CF2FBD}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8D16F36C-F38E-4C64-87EC-B79115326246}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="120" windowWidth="15180" windowHeight="8835" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PAGE_1" sheetId="3" r:id="rId1"/>
     <sheet name="PAGE_2" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">PAGE_1!$A$1:$E$61</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">PAGE_2!$A$1:$E$69</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B55" i="4" l="1"/>
   <c r="C14" i="4"/>
   <c r="B14" i="4"/>
   <c r="D14" i="4" s="1"/>
   <c r="B43" i="4" l="1"/>
   <c r="D40" i="4"/>
   <c r="D39" i="4"/>
   <c r="D38" i="4"/>
   <c r="D37" i="4"/>
   <c r="D36" i="4"/>
   <c r="D35" i="4"/>
   <c r="D34" i="4"/>
   <c r="D33" i="4"/>
   <c r="D32" i="4"/>
   <c r="D31" i="4"/>
   <c r="D30" i="4"/>
   <c r="D29" i="4"/>
   <c r="D28" i="4"/>
   <c r="D27" i="4"/>
   <c r="D12" i="4"/>
@@ -128,234 +145,234 @@
   <c r="D36" i="3"/>
   <c r="D35" i="3"/>
   <c r="D26" i="3"/>
   <c r="D25" i="3"/>
   <c r="D24" i="3"/>
   <c r="D21" i="3"/>
   <c r="D20" i="3"/>
   <c r="D19" i="3"/>
   <c r="D18" i="3"/>
   <c r="D15" i="3"/>
   <c r="D14" i="3"/>
   <c r="D11" i="3"/>
   <c r="D10" i="3"/>
   <c r="C12" i="3"/>
   <c r="D13" i="4"/>
   <c r="C48" i="3" l="1"/>
   <c r="D48" i="3" s="1"/>
   <c r="D44" i="3"/>
   <c r="D12" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="62">
   <si>
+    <t>CSBG CONTRACT BUDGET AMENDMENT REQUEST</t>
+  </si>
+  <si>
+    <t>CONTRACTOR:</t>
+  </si>
+  <si>
+    <t>Agency Name</t>
+  </si>
+  <si>
+    <t>CONTRACT:</t>
+  </si>
+  <si>
+    <t>Street Address</t>
+  </si>
+  <si>
+    <t>City, State, Zip Code</t>
+  </si>
+  <si>
+    <t>DATE:</t>
+  </si>
+  <si>
+    <t>CONTRACT BUDGET CATEGORIES</t>
+  </si>
+  <si>
+    <t>CURRENT CONTRACT</t>
+  </si>
+  <si>
+    <t>REQUESTED ADJUSTMENT</t>
+  </si>
+  <si>
+    <t>REQUESTED CONTRACT</t>
+  </si>
+  <si>
+    <t>AND LINE ITEMS</t>
+  </si>
+  <si>
+    <t>BUDGET</t>
+  </si>
+  <si>
+    <t>INCREASE (+) or DECREASE (-)</t>
+  </si>
+  <si>
     <t>1) PERSONNEL COSTS</t>
   </si>
   <si>
     <t xml:space="preserve">    Salaries</t>
   </si>
   <si>
     <t xml:space="preserve">    Fringe Benefits</t>
   </si>
   <si>
+    <t xml:space="preserve">    [Category Total]</t>
+  </si>
+  <si>
+    <t>2) TRAVEL COSTS</t>
+  </si>
+  <si>
     <t xml:space="preserve">    Board Travel</t>
   </si>
   <si>
     <t xml:space="preserve">    Staff Travel</t>
   </si>
   <si>
     <t>3) SPACE COSTS</t>
   </si>
   <si>
     <t xml:space="preserve">    Rental</t>
   </si>
   <si>
     <t xml:space="preserve">    Utilities</t>
   </si>
   <si>
     <t xml:space="preserve">    Insurance</t>
   </si>
   <si>
+    <t xml:space="preserve">    Other</t>
+  </si>
+  <si>
     <t>4) EQUIPMENT COSTS</t>
   </si>
   <si>
     <t xml:space="preserve">    Equipment Purchase</t>
   </si>
   <si>
     <t xml:space="preserve">    Equipment Rental</t>
   </si>
   <si>
+    <t xml:space="preserve">    Equipment Maintenance</t>
+  </si>
+  <si>
+    <t>5) CONSULTANTS</t>
+  </si>
+  <si>
+    <t>Consultants</t>
+  </si>
+  <si>
+    <t>6) CO-FUNDED PROGRAMS AND SERVICES</t>
+  </si>
+  <si>
+    <t>Co-Funded Programs</t>
+  </si>
+  <si>
+    <t>7) CSBG PROGRAMS AND SERVICES (NOT CO-FUNDED)</t>
+  </si>
+  <si>
+    <t>CSBG Programs</t>
+  </si>
+  <si>
+    <t>8) OTHER COSTS</t>
+  </si>
+  <si>
     <t xml:space="preserve">    Telephone</t>
   </si>
   <si>
     <t xml:space="preserve">    Printing/Postage</t>
   </si>
   <si>
     <t xml:space="preserve">    Publications/Dues</t>
   </si>
   <si>
     <t xml:space="preserve">    Registration/Fees</t>
   </si>
   <si>
     <t xml:space="preserve">    Bonding</t>
   </si>
   <si>
     <t xml:space="preserve">    Audit</t>
   </si>
   <si>
     <t xml:space="preserve">    Consumable Supplies</t>
   </si>
   <si>
-    <t>CONTRACTOR:</t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">    Misc. Supplies/Purchases</t>
   </si>
   <si>
+    <t>9) INDIRECT COSTS</t>
+  </si>
+  <si>
     <t>Indirect Costs</t>
   </si>
   <si>
-    <t>INCREASE (+) or DECREASE (-)</t>
+    <t>10) TOTAL</t>
+  </si>
+  <si>
+    <t>If the Consultants, Co-Funded Programs/Services, or CSBG Programs/Services budget(s) are being amended, page 2 must be completed.</t>
+  </si>
+  <si>
+    <t>CSBG contract budget amendment requests must include an explanation for the request.  Provide the reasons for the request on page 2.</t>
+  </si>
+  <si>
+    <t>CSBG contract budget amendment requests require the Board President's/Chair's original or electronic signature.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Governing board action approving this CSBG contract budget amendment request was given at the board meeting held on: </t>
   </si>
   <si>
     <t>(DATE)</t>
   </si>
   <si>
-    <t>CONTRACT:</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CONTRACTOR'S CERTIFICATION     </t>
   </si>
   <si>
-    <t>REQUESTED ADJUSTMENT</t>
-[...31 lines deleted...]
-  <si>
     <t>(BOARD PRESIDENT'S/CHAIR'S SIGNATURE)</t>
   </si>
   <si>
-    <t>CSBG CONTRACT BUDGET AMENDMENT REQUEST</t>
-[...1 lines deleted...]
-  <si>
     <t>[CONSULTANTS, CO-FUNDED PROGRAMS AND SERVICES, AND CSBG PROGRAMS AND SERVICES]</t>
   </si>
   <si>
     <t>CONSULTANTS (5)</t>
   </si>
   <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
     <t>CO-FUNDED PROGRAMS AND SERVICES (6)</t>
   </si>
   <si>
     <t>CSBG PROGRAMS AND SERVICES (NOT CO-FUNDED) (7)</t>
   </si>
   <si>
-    <t>AND LINE ITEMS</t>
-[...22 lines deleted...]
-  <si>
     <t>Reasons for the CSBG contract budget amendment request:</t>
   </si>
   <si>
-    <t>CSBG-24-##</t>
+    <t>CSBG-26-##</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="m/d/yyyy;@"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -912,586 +929,521 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="125">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="5" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="5" fontId="10" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="5" fontId="10" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="5" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="5" fontId="9" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="9" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
-    </xf>
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="5" fontId="4" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="5" fontId="4" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="5" fontId="4" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="5" fontId="10" fillId="2" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="5" fontId="10" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="10" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="10" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="10" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="5" fontId="10" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="5" fontId="6" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="6" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="5" fontId="11" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="11" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="11" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="11" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="10" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="10" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="5" fontId="10" fillId="0" borderId="36" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="5" fontId="10" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="10" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="10" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="10" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="5" fontId="9" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="9" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="9" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="9" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="5" fontId="11" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="11" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="11" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="11" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="5" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="4" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="4" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="6" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="6" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="5" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1634,887 +1586,878 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F66"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="A57" sqref="A57:B59"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="H45" sqref="H45"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="3" width="28.59765625" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="9.1328125" style="3"/>
+    <col min="1" max="3" width="28.5703125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" style="3" customWidth="1"/>
+    <col min="5" max="5" width="16.5703125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" style="2"/>
+    <col min="7" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.5">
-[...8 lines deleted...]
-    <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="76" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="76"/>
+      <c r="C1" s="76"/>
+      <c r="D1" s="76"/>
+      <c r="E1" s="76"/>
+    </row>
+    <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="4"/>
       <c r="B2" s="4"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="5"/>
     </row>
-    <row r="3" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="3" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      <c r="C3" s="93"/>
+        <v>1</v>
+      </c>
+      <c r="B3" s="79" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="79"/>
       <c r="D3" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="E3" s="20" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="18" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
-      <c r="B4" s="93" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="93"/>
+      <c r="B4" s="79" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="79"/>
       <c r="D4" s="1"/>
       <c r="E4" s="5"/>
     </row>
-    <row r="5" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="5" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="93" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="93"/>
+      <c r="B5" s="79" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="79"/>
       <c r="D5" s="1" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-    <row r="6" spans="1:6" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>6</v>
+      </c>
+      <c r="E5" s="43">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="F6" s="2"/>
     </row>
-    <row r="7" spans="1:6" s="52" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
-[...31 lines deleted...]
-    <row r="9" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="7" spans="1:6" s="38" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="63" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="36" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="70"/>
+      <c r="F7" s="37"/>
+    </row>
+    <row r="8" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="64" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="72"/>
+    </row>
+    <row r="9" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="9"/>
     </row>
-    <row r="10" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="10" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
-        <v>1</v>
-[...7 lines deleted...]
-      <c r="D10" s="80">
+        <v>15</v>
+      </c>
+      <c r="B10" s="28">
+        <v>0</v>
+      </c>
+      <c r="C10" s="29">
+        <v>0</v>
+      </c>
+      <c r="D10" s="66">
         <f>B10+C10</f>
         <v>0</v>
       </c>
-      <c r="E10" s="81"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="E10" s="67"/>
+    </row>
+    <row r="11" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
-        <v>2</v>
-[...7 lines deleted...]
-      <c r="D11" s="80">
+        <v>16</v>
+      </c>
+      <c r="B11" s="28">
+        <v>0</v>
+      </c>
+      <c r="C11" s="29">
+        <v>0</v>
+      </c>
+      <c r="D11" s="66">
         <f>B11+C11</f>
         <v>0</v>
       </c>
-      <c r="E11" s="81"/>
-[...2 lines deleted...]
-      <c r="A12" s="13" t="s">
+      <c r="E11" s="67"/>
+    </row>
+    <row r="12" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="33">
+        <f>B10+B11</f>
+        <v>0</v>
+      </c>
+      <c r="C12" s="33">
+        <f>C10+C11</f>
+        <v>0</v>
+      </c>
+      <c r="D12" s="73">
+        <f>B12+C12</f>
+        <v>0</v>
+      </c>
+      <c r="E12" s="74"/>
+      <c r="F12" s="12"/>
+    </row>
+    <row r="13" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" s="25"/>
+      <c r="C13" s="25"/>
+      <c r="D13" s="25"/>
+      <c r="E13" s="26"/>
+    </row>
+    <row r="14" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" s="28">
+        <v>0</v>
+      </c>
+      <c r="C14" s="29">
+        <v>0</v>
+      </c>
+      <c r="D14" s="66">
+        <f>B14+C14</f>
+        <v>0</v>
+      </c>
+      <c r="E14" s="67"/>
+    </row>
+    <row r="15" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="28">
+        <v>0</v>
+      </c>
+      <c r="C15" s="29">
+        <v>0</v>
+      </c>
+      <c r="D15" s="66">
+        <f>B15+C15</f>
+        <v>0</v>
+      </c>
+      <c r="E15" s="67"/>
+    </row>
+    <row r="16" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="33">
+        <f>B14+B15</f>
+        <v>0</v>
+      </c>
+      <c r="C16" s="33">
+        <f>C14+C15</f>
+        <v>0</v>
+      </c>
+      <c r="D16" s="73">
+        <f>B16+C16</f>
+        <v>0</v>
+      </c>
+      <c r="E16" s="74"/>
+      <c r="F16" s="12"/>
+    </row>
+    <row r="17" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="25"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="25"/>
+      <c r="E17" s="26"/>
+    </row>
+    <row r="18" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" s="28">
+        <v>0</v>
+      </c>
+      <c r="C18" s="29">
+        <v>0</v>
+      </c>
+      <c r="D18" s="66">
+        <f>B18+C18</f>
+        <v>0</v>
+      </c>
+      <c r="E18" s="67"/>
+    </row>
+    <row r="19" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="28">
+        <v>0</v>
+      </c>
+      <c r="C19" s="29">
+        <v>0</v>
+      </c>
+      <c r="D19" s="66">
+        <f>B19+C19</f>
+        <v>0</v>
+      </c>
+      <c r="E19" s="67"/>
+    </row>
+    <row r="20" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="28">
+        <v>0</v>
+      </c>
+      <c r="C20" s="29">
+        <v>0</v>
+      </c>
+      <c r="D20" s="66">
+        <f>B20+C20</f>
+        <v>0</v>
+      </c>
+      <c r="E20" s="67"/>
+    </row>
+    <row r="21" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="28">
+        <v>0</v>
+      </c>
+      <c r="C21" s="29">
+        <v>0</v>
+      </c>
+      <c r="D21" s="66">
+        <f>B21+C21</f>
+        <v>0</v>
+      </c>
+      <c r="E21" s="67"/>
+    </row>
+    <row r="22" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B22" s="33">
+        <f>B18+B19+B20+B21</f>
+        <v>0</v>
+      </c>
+      <c r="C22" s="33">
+        <f>C18+C19+C20+C21</f>
+        <v>0</v>
+      </c>
+      <c r="D22" s="73">
+        <f>B22+C22</f>
+        <v>0</v>
+      </c>
+      <c r="E22" s="74"/>
+      <c r="F22" s="12"/>
+    </row>
+    <row r="23" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="25"/>
+      <c r="D23" s="25"/>
+      <c r="E23" s="26"/>
+    </row>
+    <row r="24" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="28">
+        <v>0</v>
+      </c>
+      <c r="C24" s="29">
+        <v>0</v>
+      </c>
+      <c r="D24" s="66">
+        <f>B24+C24</f>
+        <v>0</v>
+      </c>
+      <c r="E24" s="67"/>
+    </row>
+    <row r="25" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="28">
+        <v>0</v>
+      </c>
+      <c r="C25" s="29">
+        <v>0</v>
+      </c>
+      <c r="D25" s="66">
+        <f>B25+C25</f>
+        <v>0</v>
+      </c>
+      <c r="E25" s="67"/>
+    </row>
+    <row r="26" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="28">
+        <v>0</v>
+      </c>
+      <c r="C26" s="29">
+        <v>0</v>
+      </c>
+      <c r="D26" s="66">
+        <f>B26+C26</f>
+        <v>0</v>
+      </c>
+      <c r="E26" s="67"/>
+    </row>
+    <row r="27" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" s="33">
+        <f>B24+B25+B26</f>
+        <v>0</v>
+      </c>
+      <c r="C27" s="33">
+        <f>C24+C25+C26</f>
+        <v>0</v>
+      </c>
+      <c r="D27" s="73">
+        <f>B27+C27</f>
+        <v>0</v>
+      </c>
+      <c r="E27" s="74"/>
+      <c r="F27" s="12"/>
+    </row>
+    <row r="28" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B28" s="25"/>
+      <c r="C28" s="25"/>
+      <c r="D28" s="25"/>
+      <c r="E28" s="26"/>
+    </row>
+    <row r="29" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B29" s="28">
+        <v>0</v>
+      </c>
+      <c r="C29" s="29">
+        <v>0</v>
+      </c>
+      <c r="D29" s="66">
+        <f>B29+C29</f>
+        <v>0</v>
+      </c>
+      <c r="E29" s="67"/>
+      <c r="F29" s="12"/>
+    </row>
+    <row r="30" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" s="25"/>
+      <c r="C30" s="25"/>
+      <c r="D30" s="25"/>
+      <c r="E30" s="26"/>
+    </row>
+    <row r="31" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B31" s="28">
+        <v>0</v>
+      </c>
+      <c r="C31" s="29">
+        <v>0</v>
+      </c>
+      <c r="D31" s="66">
+        <f>B31+C31</f>
+        <v>0</v>
+      </c>
+      <c r="E31" s="67"/>
+      <c r="F31" s="12"/>
+    </row>
+    <row r="32" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B32" s="25"/>
+      <c r="C32" s="25"/>
+      <c r="D32" s="25"/>
+      <c r="E32" s="26"/>
+      <c r="F32" s="12"/>
+    </row>
+    <row r="33" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B33" s="28">
+        <v>0</v>
+      </c>
+      <c r="C33" s="29">
+        <v>0</v>
+      </c>
+      <c r="D33" s="66">
+        <f>B33+C33</f>
+        <v>0</v>
+      </c>
+      <c r="E33" s="67"/>
+      <c r="F33" s="12"/>
+    </row>
+    <row r="34" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B34" s="25"/>
+      <c r="C34" s="25"/>
+      <c r="D34" s="25"/>
+      <c r="E34" s="26"/>
+    </row>
+    <row r="35" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B35" s="28">
+        <v>0</v>
+      </c>
+      <c r="C35" s="29">
+        <v>0</v>
+      </c>
+      <c r="D35" s="66">
+        <f t="shared" ref="D35:D43" si="0">B35+C35</f>
+        <v>0</v>
+      </c>
+      <c r="E35" s="67"/>
+    </row>
+    <row r="36" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="28">
+        <v>0</v>
+      </c>
+      <c r="C36" s="29">
+        <v>0</v>
+      </c>
+      <c r="D36" s="66">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E36" s="67"/>
+    </row>
+    <row r="37" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="28">
+        <v>0</v>
+      </c>
+      <c r="C37" s="29">
+        <v>0</v>
+      </c>
+      <c r="D37" s="66">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E37" s="67"/>
+    </row>
+    <row r="38" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="28">
+        <v>0</v>
+      </c>
+      <c r="C38" s="29">
+        <v>0</v>
+      </c>
+      <c r="D38" s="66">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E38" s="67"/>
+    </row>
+    <row r="39" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="28">
+        <v>0</v>
+      </c>
+      <c r="C39" s="29">
+        <v>0</v>
+      </c>
+      <c r="D39" s="66">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E39" s="67"/>
+    </row>
+    <row r="40" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="28">
+        <v>0</v>
+      </c>
+      <c r="C40" s="29">
+        <v>0</v>
+      </c>
+      <c r="D40" s="66">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E40" s="67"/>
+    </row>
+    <row r="41" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B41" s="28">
+        <v>0</v>
+      </c>
+      <c r="C41" s="29">
+        <v>0</v>
+      </c>
+      <c r="D41" s="66">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E41" s="67"/>
+    </row>
+    <row r="42" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B42" s="28">
+        <v>0</v>
+      </c>
+      <c r="C42" s="29">
+        <v>0</v>
+      </c>
+      <c r="D42" s="66">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E42" s="67"/>
+    </row>
+    <row r="43" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="28">
+        <v>0</v>
+      </c>
+      <c r="C43" s="29">
+        <v>0</v>
+      </c>
+      <c r="D43" s="66">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E43" s="67"/>
+    </row>
+    <row r="44" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B44" s="33">
+        <f>B35+B36+B37+B38+B39+B40+B41+B42+B43</f>
+        <v>0</v>
+      </c>
+      <c r="C44" s="33">
+        <f>C35+C36+C37+C38+C39+C40+C41+C42+C43</f>
+        <v>0</v>
+      </c>
+      <c r="D44" s="73">
+        <f>B44+C44</f>
+        <v>0</v>
+      </c>
+      <c r="E44" s="74"/>
+      <c r="F44" s="12"/>
+    </row>
+    <row r="45" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="25"/>
+      <c r="C45" s="25"/>
+      <c r="D45" s="25"/>
+      <c r="E45" s="26"/>
+    </row>
+    <row r="46" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="55">
+        <v>0</v>
+      </c>
+      <c r="C46" s="51">
+        <v>0</v>
+      </c>
+      <c r="D46" s="66">
+        <f>B46+C46</f>
+        <v>0</v>
+      </c>
+      <c r="E46" s="67"/>
+      <c r="F46" s="12"/>
+    </row>
+    <row r="47" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="53"/>
+      <c r="B47" s="61"/>
+      <c r="C47" s="62"/>
+      <c r="D47" s="54"/>
+      <c r="E47" s="52"/>
+      <c r="F47" s="12"/>
+    </row>
+    <row r="48" spans="1:6" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="58" t="s">
+        <v>47</v>
+      </c>
+      <c r="B48" s="59">
+        <f>B12+B16+B22+B27+B29+B31+B33+B44+B46</f>
+        <v>0</v>
+      </c>
+      <c r="C48" s="60">
+        <f>C12+C16+C22+C27+C29+C31+C33+C44+C46</f>
+        <v>0</v>
+      </c>
+      <c r="D48" s="77">
+        <f>B48+C48</f>
+        <v>0</v>
+      </c>
+      <c r="E48" s="78"/>
+    </row>
+    <row r="49" spans="1:6" ht="10.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="80"/>
+      <c r="B49" s="80"/>
+      <c r="C49" s="80"/>
+      <c r="D49" s="80"/>
+      <c r="E49" s="80"/>
+    </row>
+    <row r="50" spans="1:6" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="68" t="s">
+        <v>48</v>
+      </c>
+      <c r="B50" s="68"/>
+      <c r="C50" s="68"/>
+      <c r="D50" s="68"/>
+      <c r="E50" s="68"/>
+      <c r="F50" s="2"/>
+    </row>
+    <row r="51" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="65" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="65"/>
+      <c r="C51" s="65"/>
+      <c r="D51" s="65"/>
+      <c r="E51" s="65"/>
+    </row>
+    <row r="52" spans="1:6" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="65" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="65"/>
+      <c r="C52" s="65"/>
+      <c r="D52" s="65"/>
+      <c r="E52" s="65"/>
+      <c r="F52" s="2"/>
+    </row>
+    <row r="53" spans="1:6" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="44"/>
+      <c r="B53" s="44"/>
+      <c r="C53" s="44"/>
+      <c r="D53" s="44"/>
+      <c r="E53" s="44"/>
+      <c r="F53" s="2"/>
+    </row>
+    <row r="54" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="75" t="s">
+        <v>51</v>
+      </c>
+      <c r="B54" s="75"/>
+      <c r="C54" s="75"/>
+      <c r="D54" s="75"/>
+      <c r="E54" s="34">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C55" s="19"/>
+      <c r="D55" s="20"/>
+      <c r="E55" s="21" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" s="6" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="82"/>
+      <c r="B56" s="82"/>
+      <c r="C56" s="83" t="s">
         <v>53</v>
       </c>
-      <c r="B12" s="42">
-[...528 lines deleted...]
-      <c r="A48" s="74" t="s">
+      <c r="D56" s="82"/>
+      <c r="E56" s="82"/>
+      <c r="F56" s="2"/>
+    </row>
+    <row r="57" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="84"/>
+      <c r="B57" s="84"/>
+      <c r="C57" s="86"/>
+      <c r="D57" s="87"/>
+      <c r="E57" s="87"/>
+    </row>
+    <row r="58" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="84"/>
+      <c r="B58" s="84"/>
+      <c r="C58" s="86"/>
+      <c r="D58" s="87"/>
+      <c r="E58" s="87"/>
+    </row>
+    <row r="59" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="85"/>
+      <c r="B59" s="85"/>
+      <c r="C59" s="88"/>
+      <c r="D59" s="89"/>
+      <c r="E59" s="89"/>
+    </row>
+    <row r="60" spans="1:6" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="81"/>
+      <c r="B60" s="81"/>
+      <c r="C60" s="81" t="s">
         <v>54</v>
       </c>
-      <c r="B48" s="75">
-[...122 lines deleted...]
-        <v>31</v>
+      <c r="D60" s="81"/>
+      <c r="E60" s="21" t="s">
+        <v>52</v>
       </c>
       <c r="F60" s="2"/>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.4">
-[...20 lines deleted...]
-    <row r="64" spans="1:6" x14ac:dyDescent="0.4">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A61" s="22"/>
+      <c r="B61" s="19"/>
+      <c r="C61" s="19"/>
+      <c r="D61" s="19"/>
+      <c r="E61" s="23"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A62" s="15"/>
+      <c r="B62" s="15"/>
+      <c r="C62" s="15"/>
+      <c r="D62" s="15"/>
+      <c r="E62" s="15"/>
+    </row>
+    <row r="63" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="16"/>
+      <c r="B63" s="16"/>
+      <c r="C63" s="16"/>
+      <c r="D63" s="16"/>
+      <c r="E63" s="14"/>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A64" s="6"/>
-      <c r="B64" s="19"/>
+      <c r="B64" s="17"/>
       <c r="C64" s="6"/>
       <c r="D64" s="6"/>
-      <c r="E64" s="16"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="E64" s="14"/>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A65" s="6"/>
     </row>
-    <row r="66" spans="1:6" s="19" customFormat="1" x14ac:dyDescent="0.4">
+    <row r="66" spans="1:6" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A66" s="6"/>
       <c r="B66" s="3"/>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3"/>
       <c r="F66" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="47">
     <mergeCell ref="A60:B60"/>
     <mergeCell ref="C60:D60"/>
     <mergeCell ref="A56:B56"/>
     <mergeCell ref="C56:E56"/>
     <mergeCell ref="A57:B59"/>
     <mergeCell ref="C57:E59"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="A49:E49"/>
     <mergeCell ref="D41:E41"/>
     <mergeCell ref="D42:E42"/>
     <mergeCell ref="D43:E43"/>
     <mergeCell ref="D25:E25"/>
     <mergeCell ref="D33:E33"/>
     <mergeCell ref="A54:D54"/>
@@ -2547,894 +2490,878 @@
     <mergeCell ref="D44:E44"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="A51:E51"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.3" bottom="0.3" header="0.5" footer="0.25"/>
   <pageSetup scale="80" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;L&amp;9(10/2022)
 &amp;C&amp;9Page 1 of 2&amp;10
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F74"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="A69" sqref="A69:XFD69"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="A69" sqref="A69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.59765625" style="3" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="16384" width="9.1328125" style="3"/>
+    <col min="1" max="1" width="34.5703125" style="3" customWidth="1"/>
+    <col min="2" max="3" width="26.5703125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="11.5703125" style="3" customWidth="1"/>
+    <col min="5" max="5" width="15.5703125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" style="2"/>
+    <col min="7" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.5">
-[...17 lines deleted...]
-    <row r="3" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="76" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="76"/>
+      <c r="C1" s="76"/>
+      <c r="D1" s="76"/>
+      <c r="E1" s="76"/>
+    </row>
+    <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="76" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" s="76"/>
+      <c r="C2" s="76"/>
+      <c r="D2" s="76"/>
+      <c r="E2" s="76"/>
+    </row>
+    <row r="3" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="5"/>
     </row>
-    <row r="4" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="B4" s="121" t="str">
+        <v>1</v>
+      </c>
+      <c r="B4" s="106" t="str">
         <f>PAGE_1!B3</f>
         <v>Agency Name</v>
       </c>
-      <c r="C4" s="121"/>
+      <c r="C4" s="106"/>
       <c r="D4" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="E4" s="34" t="str">
+        <v>3</v>
+      </c>
+      <c r="E4" s="27" t="str">
         <f>PAGE_1!E3</f>
-        <v>CSBG-24-##</v>
-[...3 lines deleted...]
-    <row r="5" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+        <v>CSBG-26-##</v>
+      </c>
+      <c r="F4" s="4"/>
+    </row>
+    <row r="5" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
-      <c r="B5" s="121" t="str">
+      <c r="B5" s="106" t="str">
         <f>PAGE_1!B4</f>
         <v>Street Address</v>
       </c>
-      <c r="C5" s="121"/>
+      <c r="C5" s="106"/>
       <c r="D5" s="1"/>
       <c r="E5" s="5"/>
     </row>
-    <row r="6" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="6" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
-      <c r="B6" s="121" t="str">
+      <c r="B6" s="106" t="str">
         <f>PAGE_1!B5</f>
         <v>City, State, Zip Code</v>
       </c>
-      <c r="C6" s="121"/>
+      <c r="C6" s="106"/>
       <c r="D6" s="1" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E6" s="38">
+        <v>6</v>
+      </c>
+      <c r="E6" s="30">
         <f>PAGE_1!E5</f>
-        <v>45200</v>
-[...3 lines deleted...]
-    <row r="7" spans="1:6" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>45931</v>
+      </c>
+      <c r="F6" s="4"/>
+    </row>
+    <row r="7" spans="1:6" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="F7" s="2"/>
     </row>
-    <row r="8" spans="1:6" s="52" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-      <c r="B9" s="60" t="s">
+    <row r="8" spans="1:6" s="38" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="100" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" s="63" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="36" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="70"/>
+      <c r="F8" s="37"/>
+    </row>
+    <row r="9" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="101"/>
+      <c r="B9" s="64" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="72"/>
+    </row>
+    <row r="10" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="45">
+        <v>1</v>
+      </c>
+      <c r="B10" s="46">
+        <v>0</v>
+      </c>
+      <c r="C10" s="47">
+        <v>0</v>
+      </c>
+      <c r="D10" s="93">
+        <f t="shared" ref="D10:D13" si="0">B10+C10</f>
+        <v>0</v>
+      </c>
+      <c r="E10" s="94"/>
+    </row>
+    <row r="11" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="32">
+        <v>2</v>
+      </c>
+      <c r="B11" s="46"/>
+      <c r="C11" s="47"/>
+      <c r="D11" s="93">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E11" s="94"/>
+    </row>
+    <row r="12" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="32">
+        <v>3</v>
+      </c>
+      <c r="B12" s="46"/>
+      <c r="C12" s="47"/>
+      <c r="D12" s="93">
+        <f t="shared" ref="D12" si="1">B12+C12</f>
+        <v>0</v>
+      </c>
+      <c r="E12" s="94"/>
+    </row>
+    <row r="13" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="32">
+        <v>4</v>
+      </c>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="93">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E13" s="94"/>
+      <c r="F13" s="12"/>
+    </row>
+    <row r="14" spans="1:6" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="56">
+        <f>SUM(B10:B13)</f>
+        <v>0</v>
+      </c>
+      <c r="C14" s="56">
+        <f>SUM(C10:C13)</f>
+        <v>0</v>
+      </c>
+      <c r="D14" s="95">
+        <f>B14+C14</f>
+        <v>0</v>
+      </c>
+      <c r="E14" s="96"/>
+      <c r="F14" s="12"/>
+    </row>
+    <row r="15" spans="1:6" ht="9.9499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="24"/>
+      <c r="C15" s="24"/>
+      <c r="D15" s="31"/>
+      <c r="E15" s="31"/>
+      <c r="F15" s="12"/>
+    </row>
+    <row r="16" spans="1:6" s="38" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="102" t="s">
+        <v>58</v>
+      </c>
+      <c r="B16" s="63" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" s="36" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" s="70"/>
+      <c r="F16" s="41"/>
+    </row>
+    <row r="17" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="103"/>
+      <c r="B17" s="64" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" s="71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="72"/>
+      <c r="F17" s="12"/>
+    </row>
+    <row r="18" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="49">
+        <v>1</v>
+      </c>
+      <c r="B18" s="48">
+        <v>0</v>
+      </c>
+      <c r="C18" s="47">
+        <v>0</v>
+      </c>
+      <c r="D18" s="93">
+        <f t="shared" ref="D18:D42" si="2">B18+C18</f>
+        <v>0</v>
+      </c>
+      <c r="E18" s="94"/>
+    </row>
+    <row r="19" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="32">
+        <v>2</v>
+      </c>
+      <c r="B19" s="48"/>
+      <c r="C19" s="47"/>
+      <c r="D19" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E19" s="94"/>
+    </row>
+    <row r="20" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="45">
+        <v>3</v>
+      </c>
+      <c r="B20" s="48"/>
+      <c r="C20" s="47"/>
+      <c r="D20" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E20" s="94"/>
+    </row>
+    <row r="21" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="32">
+        <v>4</v>
+      </c>
+      <c r="B21" s="48"/>
+      <c r="C21" s="47"/>
+      <c r="D21" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E21" s="94"/>
+    </row>
+    <row r="22" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="50">
+        <v>5</v>
+      </c>
+      <c r="B22" s="48"/>
+      <c r="C22" s="47"/>
+      <c r="D22" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E22" s="94"/>
+    </row>
+    <row r="23" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="45">
+        <v>6</v>
+      </c>
+      <c r="B23" s="48"/>
+      <c r="C23" s="47"/>
+      <c r="D23" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E23" s="94"/>
+    </row>
+    <row r="24" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="32">
+        <v>7</v>
+      </c>
+      <c r="B24" s="48"/>
+      <c r="C24" s="47"/>
+      <c r="D24" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E24" s="94"/>
+    </row>
+    <row r="25" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="32">
+        <v>8</v>
+      </c>
+      <c r="B25" s="48"/>
+      <c r="C25" s="47"/>
+      <c r="D25" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E25" s="94"/>
+    </row>
+    <row r="26" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="50">
+        <v>9</v>
+      </c>
+      <c r="B26" s="48"/>
+      <c r="C26" s="47"/>
+      <c r="D26" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E26" s="94"/>
+    </row>
+    <row r="27" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="50">
+        <v>10</v>
+      </c>
+      <c r="B27" s="48"/>
+      <c r="C27" s="47"/>
+      <c r="D27" s="93">
+        <f t="shared" ref="D27:D37" si="3">B27+C27</f>
+        <v>0</v>
+      </c>
+      <c r="E27" s="94"/>
+    </row>
+    <row r="28" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="50">
+        <v>11</v>
+      </c>
+      <c r="B28" s="48"/>
+      <c r="C28" s="47"/>
+      <c r="D28" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E28" s="94"/>
+    </row>
+    <row r="29" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="50">
+        <v>12</v>
+      </c>
+      <c r="B29" s="48"/>
+      <c r="C29" s="47"/>
+      <c r="D29" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E29" s="94"/>
+    </row>
+    <row r="30" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="50">
+        <v>13</v>
+      </c>
+      <c r="B30" s="48"/>
+      <c r="C30" s="47"/>
+      <c r="D30" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E30" s="94"/>
+    </row>
+    <row r="31" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="50">
+        <v>14</v>
+      </c>
+      <c r="B31" s="48"/>
+      <c r="C31" s="47"/>
+      <c r="D31" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E31" s="94"/>
+    </row>
+    <row r="32" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="50">
+        <v>15</v>
+      </c>
+      <c r="B32" s="48"/>
+      <c r="C32" s="47"/>
+      <c r="D32" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E32" s="94"/>
+    </row>
+    <row r="33" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="50">
+        <v>16</v>
+      </c>
+      <c r="B33" s="48"/>
+      <c r="C33" s="47"/>
+      <c r="D33" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E33" s="94"/>
+    </row>
+    <row r="34" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="50">
+        <v>17</v>
+      </c>
+      <c r="B34" s="48"/>
+      <c r="C34" s="47"/>
+      <c r="D34" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E34" s="94"/>
+    </row>
+    <row r="35" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="50">
+        <v>18</v>
+      </c>
+      <c r="B35" s="48"/>
+      <c r="C35" s="47"/>
+      <c r="D35" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E35" s="94"/>
+    </row>
+    <row r="36" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="50">
+        <v>19</v>
+      </c>
+      <c r="B36" s="48"/>
+      <c r="C36" s="47"/>
+      <c r="D36" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E36" s="94"/>
+    </row>
+    <row r="37" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="50">
+        <v>20</v>
+      </c>
+      <c r="B37" s="48"/>
+      <c r="C37" s="47"/>
+      <c r="D37" s="93">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="E37" s="94"/>
+    </row>
+    <row r="38" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="50">
         <v>21</v>
       </c>
-      <c r="C9" s="54" t="s">
-[...9 lines deleted...]
-      <c r="A10" s="61">
+      <c r="B38" s="48"/>
+      <c r="C38" s="47"/>
+      <c r="D38" s="93">
+        <f t="shared" ref="D38:D40" si="4">B38+C38</f>
+        <v>0</v>
+      </c>
+      <c r="E38" s="94"/>
+    </row>
+    <row r="39" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="50">
+        <v>22</v>
+      </c>
+      <c r="B39" s="48"/>
+      <c r="C39" s="47"/>
+      <c r="D39" s="93">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="E39" s="94"/>
+    </row>
+    <row r="40" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="50">
+        <v>23</v>
+      </c>
+      <c r="B40" s="48"/>
+      <c r="C40" s="47"/>
+      <c r="D40" s="93">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="E40" s="94"/>
+    </row>
+    <row r="41" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="32">
+        <v>24</v>
+      </c>
+      <c r="B41" s="48"/>
+      <c r="C41" s="47"/>
+      <c r="D41" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E41" s="94"/>
+      <c r="F41" s="12"/>
+    </row>
+    <row r="42" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="50">
+        <v>25</v>
+      </c>
+      <c r="B42" s="48"/>
+      <c r="C42" s="47"/>
+      <c r="D42" s="93">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E42" s="94"/>
+    </row>
+    <row r="43" spans="1:6" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="B43" s="56">
+        <f>SUM(B18:B42)</f>
+        <v>0</v>
+      </c>
+      <c r="C43" s="56">
+        <f>SUM(C18:C42)</f>
+        <v>0</v>
+      </c>
+      <c r="D43" s="95">
+        <f>B43+C43</f>
+        <v>0</v>
+      </c>
+      <c r="E43" s="96"/>
+      <c r="F43" s="12"/>
+    </row>
+    <row r="44" spans="1:6" ht="9.9499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="24"/>
+      <c r="C44" s="24"/>
+      <c r="D44" s="31"/>
+      <c r="E44" s="31"/>
+      <c r="F44" s="12"/>
+    </row>
+    <row r="45" spans="1:6" s="38" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="104" t="s">
+        <v>59</v>
+      </c>
+      <c r="B45" s="63" t="s">
+        <v>8</v>
+      </c>
+      <c r="C45" s="36" t="s">
+        <v>9</v>
+      </c>
+      <c r="D45" s="69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" s="70"/>
+      <c r="F45" s="41"/>
+    </row>
+    <row r="46" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="105"/>
+      <c r="B46" s="64" t="s">
+        <v>12</v>
+      </c>
+      <c r="C46" s="40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" s="71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="72"/>
+      <c r="F46" s="12"/>
+    </row>
+    <row r="47" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="49">
         <v>1</v>
       </c>
-      <c r="B10" s="62">
-[...12 lines deleted...]
-      <c r="A11" s="40">
+      <c r="B47" s="48">
+        <v>0</v>
+      </c>
+      <c r="C47" s="47">
+        <v>0</v>
+      </c>
+      <c r="D47" s="93">
+        <f t="shared" ref="D47:D54" si="5">B47+C47</f>
+        <v>0</v>
+      </c>
+      <c r="E47" s="94"/>
+    </row>
+    <row r="48" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="32">
         <v>2</v>
       </c>
-      <c r="B11" s="62"/>
-[...8 lines deleted...]
-      <c r="A12" s="40">
+      <c r="B48" s="48"/>
+      <c r="C48" s="47"/>
+      <c r="D48" s="93">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="E48" s="94"/>
+    </row>
+    <row r="49" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="45">
         <v>3</v>
       </c>
-      <c r="B12" s="62"/>
-[...8 lines deleted...]
-      <c r="A13" s="40">
+      <c r="B49" s="48"/>
+      <c r="C49" s="47"/>
+      <c r="D49" s="93">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="E49" s="94"/>
+    </row>
+    <row r="50" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="32">
         <v>4</v>
       </c>
-      <c r="B13" s="62"/>
-[...118 lines deleted...]
-      <c r="A22" s="66">
+      <c r="B50" s="48"/>
+      <c r="C50" s="47"/>
+      <c r="D50" s="93">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="E50" s="94"/>
+    </row>
+    <row r="51" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="50">
         <v>5</v>
       </c>
-      <c r="B22" s="64"/>
-[...8 lines deleted...]
-      <c r="A23" s="61">
+      <c r="B51" s="48"/>
+      <c r="C51" s="47"/>
+      <c r="D51" s="93">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="E51" s="94"/>
+    </row>
+    <row r="52" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="32">
         <v>6</v>
       </c>
-      <c r="B23" s="64"/>
-[...8 lines deleted...]
-      <c r="A24" s="40">
+      <c r="B52" s="48"/>
+      <c r="C52" s="47"/>
+      <c r="D52" s="93">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="E52" s="94"/>
+    </row>
+    <row r="53" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="32">
         <v>7</v>
       </c>
-      <c r="B24" s="64"/>
-[...8 lines deleted...]
-      <c r="A25" s="40">
+      <c r="B53" s="48"/>
+      <c r="C53" s="47"/>
+      <c r="D53" s="93">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="E53" s="94"/>
+    </row>
+    <row r="54" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="50">
         <v>8</v>
       </c>
-      <c r="B25" s="64"/>
-[...291 lines deleted...]
-      <c r="D48" s="108">
+      <c r="B54" s="48"/>
+      <c r="C54" s="47"/>
+      <c r="D54" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="E48" s="109"/>
-[...77 lines deleted...]
-      <c r="B55" s="72">
+      <c r="E54" s="94"/>
+    </row>
+    <row r="55" spans="1:6" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="57" t="s">
+        <v>57</v>
+      </c>
+      <c r="B55" s="56">
         <f>SUM(B47:B54)</f>
         <v>0</v>
       </c>
-      <c r="C55" s="72">
+      <c r="C55" s="56">
         <f>SUM(C47:C54)</f>
         <v>0</v>
       </c>
-      <c r="D55" s="110">
+      <c r="D55" s="95">
         <f>B55+C55</f>
         <v>0</v>
       </c>
-      <c r="E55" s="111"/>
-[...7 lines deleted...]
-      <c r="E56" s="39"/>
+      <c r="E55" s="96"/>
+      <c r="F55" s="12"/>
+    </row>
+    <row r="56" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="24"/>
+      <c r="C56" s="24"/>
+      <c r="D56" s="31"/>
+      <c r="E56" s="31"/>
       <c r="F56" s="12"/>
     </row>
-    <row r="57" spans="1:6" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A57" s="56" t="s">
+    <row r="57" spans="1:6" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="42" t="s">
         <v>60</v>
       </c>
-      <c r="B57" s="24"/>
-[...2 lines deleted...]
-      <c r="E57" s="24"/>
+      <c r="B57" s="3"/>
+      <c r="C57" s="3"/>
+      <c r="D57" s="3"/>
+      <c r="E57" s="3"/>
       <c r="F57" s="2"/>
     </row>
-    <row r="58" spans="1:6" s="23" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.4">
-[...68 lines deleted...]
-      <c r="E66" s="107"/>
+    <row r="58" spans="1:6" ht="8.1" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" spans="1:6" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="97"/>
+      <c r="B59" s="98"/>
+      <c r="C59" s="98"/>
+      <c r="D59" s="98"/>
+      <c r="E59" s="99"/>
+      <c r="F59" s="2"/>
+    </row>
+    <row r="60" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="90"/>
+      <c r="B60" s="91"/>
+      <c r="C60" s="91"/>
+      <c r="D60" s="91"/>
+      <c r="E60" s="92"/>
+    </row>
+    <row r="61" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="90"/>
+      <c r="B61" s="91"/>
+      <c r="C61" s="91"/>
+      <c r="D61" s="91"/>
+      <c r="E61" s="92"/>
+    </row>
+    <row r="62" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="90"/>
+      <c r="B62" s="91"/>
+      <c r="C62" s="91"/>
+      <c r="D62" s="91"/>
+      <c r="E62" s="92"/>
+    </row>
+    <row r="63" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="90"/>
+      <c r="B63" s="91"/>
+      <c r="C63" s="91"/>
+      <c r="D63" s="91"/>
+      <c r="E63" s="92"/>
+    </row>
+    <row r="64" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="90"/>
+      <c r="B64" s="91"/>
+      <c r="C64" s="91"/>
+      <c r="D64" s="91"/>
+      <c r="E64" s="92"/>
+    </row>
+    <row r="65" spans="1:6" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="90"/>
+      <c r="B65" s="91"/>
+      <c r="C65" s="91"/>
+      <c r="D65" s="91"/>
+      <c r="E65" s="92"/>
+      <c r="F65" s="2"/>
+    </row>
+    <row r="66" spans="1:6" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="90"/>
+      <c r="B66" s="91"/>
+      <c r="C66" s="91"/>
+      <c r="D66" s="91"/>
+      <c r="E66" s="92"/>
       <c r="F66" s="2"/>
     </row>
-    <row r="67" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
-[...11 lines deleted...]
-      <c r="E68" s="27"/>
+    <row r="67" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="107"/>
+      <c r="B67" s="108"/>
+      <c r="C67" s="108"/>
+      <c r="D67" s="108"/>
+      <c r="E67" s="109"/>
+    </row>
+    <row r="68" spans="1:6" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="20"/>
+      <c r="B68" s="20"/>
+      <c r="C68" s="20"/>
+      <c r="D68" s="20"/>
+      <c r="E68" s="21"/>
       <c r="F68" s="2"/>
     </row>
-    <row r="69" spans="1:6" x14ac:dyDescent="0.4">
-[...20 lines deleted...]
-    <row r="72" spans="1:6" x14ac:dyDescent="0.4">
+    <row r="69" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A69" s="22"/>
+      <c r="B69" s="19"/>
+      <c r="C69" s="19"/>
+      <c r="D69" s="19"/>
+      <c r="E69" s="23"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A70" s="15"/>
+      <c r="B70" s="15"/>
+      <c r="C70" s="15"/>
+      <c r="D70" s="15"/>
+      <c r="E70" s="15"/>
+    </row>
+    <row r="71" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="16"/>
+      <c r="B71" s="16"/>
+      <c r="C71" s="16"/>
+      <c r="D71" s="16"/>
+      <c r="E71" s="14"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A72" s="6"/>
-      <c r="B72" s="19"/>
+      <c r="B72" s="17"/>
       <c r="C72" s="6"/>
       <c r="D72" s="6"/>
-      <c r="E72" s="16"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="E72" s="14"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A73" s="6"/>
     </row>
-    <row r="74" spans="1:6" s="19" customFormat="1" x14ac:dyDescent="0.4">
+    <row r="74" spans="1:6" s="17" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A74" s="6"/>
       <c r="B74" s="3"/>
       <c r="C74" s="3"/>
       <c r="D74" s="3"/>
       <c r="E74" s="3"/>
       <c r="F74" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1"/>
   <mergeCells count="63">
     <mergeCell ref="A67:E67"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="D22:E22"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="D42:E42"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D46:E46"/>
     <mergeCell ref="D14:E14"/>
@@ -3487,75 +3414,168 @@
     <mergeCell ref="A63:E63"/>
     <mergeCell ref="A64:E64"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.3" bottom="0.3" header="0.5" footer="0.25"/>
   <pageSetup scale="79" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;9(10/2022)&amp;C&amp;9Page 2 of 2</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D98CA2E169A8A94FA07FDB980C2819AD" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ed9257e9b77f38cd6ae8957693363e09">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4db3eee8-5926-4ed0-8187-0ea7c5e8d7c9" xmlns:ns3="777a1ffa-10c9-4127-8098-f52d9e244206" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab1056ac269342cee200c5f4fb8663e9" ns2:_="" ns3:_="">
+    <xsd:import namespace="4db3eee8-5926-4ed0-8187-0ea7c5e8d7c9"/>
+    <xsd:import namespace="777a1ffa-10c9-4127-8098-f52d9e244206"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
-              <xsd:all/>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4db3eee8-5926-4ed0-8187-0ea7c5e8d7c9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c93164ec-f35b-416f-add9-a3560115a3f5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="777a1ffa-10c9-4127-8098-f52d9e244206" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4af287d6-564a-43e3-9583-518ce0081cc1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="777a1ffa-10c9-4127-8098-f52d9e244206">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -3611,87 +3631,119 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <TaxCatchAll xmlns="777a1ffa-10c9-4127-8098-f52d9e244206" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4db3eee8-5926-4ed0-8187-0ea7c5e8d7c9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D9D0BAA-C0F5-439C-91EA-C43BD039AF18}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF4A6261-A40C-4221-ABEE-47FA9BFE4CC2}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47A2C205-801D-4189-8D4F-5379FD082631}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4419FB35-2973-436D-A45B-59A2FE2C99B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19C4B78F-3794-4A27-8C47-9D68066BEFCD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{619CF4DF-E13B-42CE-AE78-8886D0A68AD5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="777a1ffa-10c9-4127-8098-f52d9e244206"/>
+    <ds:schemaRef ds:uri="4db3eee8-5926-4ed0-8187-0ea7c5e8d7c9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>PAGE_1</vt:lpstr>
       <vt:lpstr>PAGE_2</vt:lpstr>
       <vt:lpstr>PAGE_1!Print_Area</vt:lpstr>
       <vt:lpstr>PAGE_2!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>Information Technology Services</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>gpieper</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100D98CA2E169A8A94FA07FDB980C2819AD</vt:lpwstr>
+  </property>
+</Properties>
+</file>