--- v0 (2025-10-10)
+++ v1 (2026-02-09)
@@ -1,170 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Iowa\3. Dental\10. SFY25 Rate Development\1. DWP\Cert Letter\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\1014 - Iowa\3. Dental\11. SFY26 Rate Development\1. DWP\Written Documents\Cert Letter\2. Addendum #1 Rates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B284C5E-BF52-4F48-A9C0-3B0613702DF5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{95591BF8-1E06-4B41-B3B5-8919FE70C8E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{90478CD3-5F01-4F90-A8D9-98AAA1BFC07D}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{85A808C0-F916-4437-9EBE-89F54E0F3645}"/>
   </bookViews>
   <sheets>
     <sheet name="Appendix I.A" sheetId="1" r:id="rId1"/>
     <sheet name="Appendix I.B" sheetId="2" r:id="rId2"/>
-    <sheet name="Appendix I.C" sheetId="3" r:id="rId3"/>
-[...2 lines deleted...]
-    <sheet name="Appendix I.F" sheetId="6" r:id="rId6"/>
+    <sheet name="Appendix I.C" sheetId="5" r:id="rId3"/>
+    <sheet name="Appendix I.D" sheetId="6" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Appendix I.A'!$B$2:$AF$24</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="1">'Appendix I.B'!$B:$B</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Appendix I.A'!$A:$B</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'Appendix I.B'!$A:$B</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="57">
   <si>
-    <t>Appendix I.A - DWP DELTA Rate Development Summary</t>
-[...26 lines deleted...]
-    <t>Non-Medical Load</t>
+    <t>Postpartum Coverage Adjustment</t>
   </si>
   <si>
     <t>Rate Cell</t>
   </si>
   <si>
     <t>MMs</t>
   </si>
   <si>
     <t>Util/K</t>
   </si>
   <si>
     <t>Unit Cost</t>
   </si>
   <si>
     <t>PMPM</t>
   </si>
   <si>
-    <t>Adj. Factor</t>
-[...2 lines deleted...]
-    <t>PMPM %</t>
+    <t>% Change</t>
   </si>
   <si>
     <t>Util/K Trend</t>
   </si>
   <si>
     <t>UC Trend</t>
   </si>
   <si>
     <t>PMPM Trend</t>
-  </si>
-[...1 lines deleted...]
-    <t>% Adj</t>
   </si>
   <si>
     <t>NML %</t>
   </si>
   <si>
     <t>Loaded PMPM</t>
   </si>
   <si>
     <t>Children 0-1</t>
   </si>
   <si>
     <t>Children 2-5</t>
   </si>
   <si>
     <t>Children 6-18</t>
   </si>
   <si>
     <t>Community and LTSS Disabled</t>
   </si>
   <si>
     <t>Community and LTSS Elderly</t>
   </si>
   <si>
     <t>Community Duals &lt;65</t>
   </si>
@@ -183,260 +140,251 @@
   <si>
     <t>TANF 35-49 M</t>
   </si>
   <si>
     <t>TANF 50+</t>
   </si>
   <si>
     <t>Wellness Plan 19-34 F</t>
   </si>
   <si>
     <t>Wellness Plan 19-34 M</t>
   </si>
   <si>
     <t>Wellness Plan 35-49 F</t>
   </si>
   <si>
     <t>Wellness Plan 35-49 M</t>
   </si>
   <si>
     <t>Wellness Plan 50+</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Appendix I.B - DWP MCNA Rate Development Summary</t>
-[...77 lines deleted...]
-    <t>SFY24 Oct-June Rates</t>
+    <t>SFY24 MMs</t>
   </si>
   <si>
     <t>% Difference</t>
   </si>
   <si>
     <t>PMPM Difference</t>
   </si>
   <si>
     <t>Total Dollar Difference</t>
   </si>
   <si>
     <t>Withhold %</t>
   </si>
   <si>
     <t>Withhold PMPM</t>
   </si>
   <si>
     <t>Rates Net Withhold</t>
   </si>
   <si>
-    <t>Appendix I.F - DWP MCNA Payment Rate Summary</t>
+    <t>SFY24 Base Data</t>
+  </si>
+  <si>
+    <t>UIHC/Broadlawns Enhanced Fees</t>
+  </si>
+  <si>
+    <t>Trend SFY24 -&gt; SFY26</t>
+  </si>
+  <si>
+    <t>PHE Acuity Adjustment</t>
+  </si>
+  <si>
+    <t>Non-Medical Load</t>
+  </si>
+  <si>
+    <t>IBNR/Reporting Adjustment</t>
+  </si>
+  <si>
+    <t>Rate Development Summary</t>
+  </si>
+  <si>
+    <t>Appendix I.A - DWP DELTA</t>
+  </si>
+  <si>
+    <t>Appendix I.B - DWP MCNA</t>
+  </si>
+  <si>
+    <t>Appendix I.C - DWP DELTA</t>
+  </si>
+  <si>
+    <t>Appendix I.D - DWP MCNA</t>
+  </si>
+  <si>
+    <t>Payment Rate Summary</t>
+  </si>
+  <si>
+    <t>Copays Adjustment</t>
+  </si>
+  <si>
+    <t>FQHC/IHS Adjustment</t>
+  </si>
+  <si>
+    <t>Orthodontia Scoring Change</t>
+  </si>
+  <si>
+    <t>SFY26 Addendum Rate Summary - Gross Withhold</t>
+  </si>
+  <si>
+    <t>SFY26 Addendum Rate Summary - Net Withhold</t>
+  </si>
+  <si>
+    <t>SFY26 Revised Rates</t>
+  </si>
+  <si>
+    <t>SFY26 Original Rates</t>
+  </si>
+  <si>
+    <t>Fee Schedule Changes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="_(&quot;$&quot;* #,##0.00000_);_(&quot;$&quot;* \(#,##0.00000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <i/>
-[...8 lines deleted...]
-      <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="6">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="8" tint="0.79998168889431442"/>
+        <fgColor theme="4" tint="0.79995117038483843"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="10">
+  <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -446,219 +394,312 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...12 lines deleted...]
-      </left>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top/>
+      <bottom style="double">
         <color indexed="64"/>
-      </top>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="5" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="5" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="5" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="5" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="5" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="5" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="5" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="5" borderId="11" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="5" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="7" fillId="5" borderId="13" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="7" fillId="5" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="166" fontId="6" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="5" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="6" fillId="5" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="166" fontId="6" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="6" fillId="5" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="5" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="6" fillId="5" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="7" fillId="5" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="7" fillId="5" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="6" fillId="6" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="6" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="6" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="6" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="6" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="6" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="6" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="6" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="6" fillId="6" borderId="11" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="6" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="6" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="6" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="7" fillId="6" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="6" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="7" fillId="6" borderId="13" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="7" fillId="6" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="6" fillId="6" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="6" fillId="6" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="6" fillId="6" borderId="11" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="7" fillId="6" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFFFFFCC"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
-[...6 lines deleted...]
-<file path=xl/drawings/_rels/vmlDrawing6.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022 Theme">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -895,9100 +936,6542 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{929B3204-0A96-40B1-975D-AB4362E5BC14}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F06736A-05B3-45CF-8014-B1893CED4E0F}">
   <sheetPr>
-    <tabColor theme="4" tint="-0.249977111117893"/>
-    <pageSetUpPr fitToPage="1"/>
+    <tabColor theme="4" tint="-0.499984740745262"/>
   </sheetPr>
-  <dimension ref="B2:AK24"/>
+  <dimension ref="B2:AP25"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="33" max="33" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.69921875" customWidth="1"/>
+    <col min="2" max="2" width="27.8984375" customWidth="1"/>
+    <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.59765625" bestFit="1" customWidth="1"/>
+    <col min="5" max="10" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="11" max="14" width="9.296875" customWidth="1"/>
+    <col min="15" max="18" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="19" max="30" width="9.296875" customWidth="1"/>
+    <col min="31" max="32" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="12.69921875" customWidth="1"/>
+    <col min="34" max="36" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="10.69921875" customWidth="1"/>
+    <col min="38" max="38" width="11.59765625" customWidth="1"/>
+    <col min="39" max="40" width="15.8984375" customWidth="1"/>
+    <col min="41" max="42" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:32" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:42" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B2" s="1" t="s">
-        <v>0</v>
-[...10 lines deleted...]
-    <row r="5" spans="2:32" x14ac:dyDescent="0.35">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="2:42" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B3" s="46" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B4" s="2"/>
+    </row>
+    <row r="5" spans="2:42" x14ac:dyDescent="0.3">
       <c r="C5" s="3" t="s">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="4"/>
       <c r="G5" s="5" t="s">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="4"/>
-      <c r="K5" s="5" t="s">
-[...4 lines deleted...]
-      <c r="N5" s="4"/>
+      <c r="K5" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
       <c r="O5" s="5" t="s">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="4"/>
       <c r="S5" s="5" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="4"/>
       <c r="W5" s="5" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
-      <c r="Z5" s="3"/>
-[...4 lines deleted...]
-      </c>
+      <c r="Z5" s="4"/>
+      <c r="AA5" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
       <c r="AD5" s="4"/>
       <c r="AE5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3"/>
+      <c r="AH5" s="3"/>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="4"/>
+      <c r="AK5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL5" s="4"/>
+      <c r="AM5" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="AN5" s="6"/>
+      <c r="AO5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="AP5" s="3"/>
+    </row>
+    <row r="6" spans="2:42" ht="26" x14ac:dyDescent="0.3">
+      <c r="B6" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="H6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="I6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="J6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="L6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="M6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="N6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="O6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="P6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="R6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="S6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="T6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="U6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="V6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="W6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="X6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="Y6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AA6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="AB6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="AC6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AE6" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="AF6" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="AG6" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="AF5" s="3"/>
-[...2 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="AH6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="AI6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AK6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="AL6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AM6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="AN6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AO6" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C6" s="7" t="s">
+      <c r="AP6" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="7" t="s">
+    </row>
+    <row r="7" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B7" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="E6" s="7" t="s">
+      <c r="C7" s="11">
+        <v>258098</v>
+      </c>
+      <c r="D7" s="11">
+        <v>1096.2347635394308</v>
+      </c>
+      <c r="E7" s="12">
+        <v>37.02025829162779</v>
+      </c>
+      <c r="F7" s="12">
+        <v>3.381907841207604</v>
+      </c>
+      <c r="G7" s="13">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H7" s="14">
+        <v>1102.292932748752</v>
+      </c>
+      <c r="I7" s="12">
+        <v>37.020258291627783</v>
+      </c>
+      <c r="J7" s="15">
+        <v>3.4005974236162246</v>
+      </c>
+      <c r="K7" s="13">
+        <v>0</v>
+      </c>
+      <c r="L7" s="14">
+        <v>1102.292932748752</v>
+      </c>
+      <c r="M7" s="12">
+        <v>37.020258291627783</v>
+      </c>
+      <c r="N7" s="15">
+        <v>3.4005974236162246</v>
+      </c>
+      <c r="O7" s="47">
+        <v>9.5680988549219581E-2</v>
+      </c>
+      <c r="P7" s="48">
+        <v>1102.292932748752</v>
+      </c>
+      <c r="Q7" s="49">
+        <v>40.562393201318173</v>
+      </c>
+      <c r="R7" s="50">
+        <v>3.7259699467657543</v>
+      </c>
+      <c r="S7" s="47">
+        <v>0</v>
+      </c>
+      <c r="T7" s="48">
+        <v>1102.292932748752</v>
+      </c>
+      <c r="U7" s="49">
+        <v>40.562393201318173</v>
+      </c>
+      <c r="V7" s="50">
+        <v>3.7259699467657543</v>
+      </c>
+      <c r="W7" s="47">
+        <v>7.6672662094595445E-2</v>
+      </c>
+      <c r="X7" s="48">
+        <v>1102.2929327487523</v>
+      </c>
+      <c r="Y7" s="49">
+        <v>43.672419868990957</v>
+      </c>
+      <c r="Z7" s="50">
+        <v>4.011649981468743</v>
+      </c>
+      <c r="AA7" s="47">
+        <v>2.5827424601041482E-3</v>
+      </c>
+      <c r="AB7" s="48">
+        <v>1102.292932748752</v>
+      </c>
+      <c r="AC7" s="49">
+        <v>43.785214482122093</v>
+      </c>
+      <c r="AD7" s="50">
+        <v>4.0220110402109581</v>
+      </c>
+      <c r="AE7" s="13">
+        <v>2.7069912819465136E-2</v>
+      </c>
+      <c r="AF7" s="13">
+        <v>1.3453473204358746E-2</v>
+      </c>
+      <c r="AG7" s="13">
+        <v>4.088757037058488E-2</v>
+      </c>
+      <c r="AH7" s="14">
+        <v>1162.778618344526</v>
+      </c>
+      <c r="AI7" s="12">
+        <v>44.971265847795223</v>
+      </c>
+      <c r="AJ7" s="15">
+        <v>4.357635530641975</v>
+      </c>
+      <c r="AK7" s="13">
+        <v>0</v>
+      </c>
+      <c r="AL7" s="15">
+        <v>4.357635530641975</v>
+      </c>
+      <c r="AM7" s="13">
+        <v>0</v>
+      </c>
+      <c r="AN7" s="15">
+        <v>4.357635530641975</v>
+      </c>
+      <c r="AO7" s="47">
+        <v>0.11500000000000021</v>
+      </c>
+      <c r="AP7" s="50">
+        <v>4.9238819555276567</v>
+      </c>
+    </row>
+    <row r="8" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B8" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="F6" s="7" t="s">
+      <c r="C8" s="17">
+        <v>446234</v>
+      </c>
+      <c r="D8" s="17">
+        <v>4084.2338324735451</v>
+      </c>
+      <c r="E8" s="18">
+        <v>43.419738143366011</v>
+      </c>
+      <c r="F8" s="18">
+        <v>14.778030293523127</v>
+      </c>
+      <c r="G8" s="19">
+        <v>5.5263429064786873E-3</v>
+      </c>
+      <c r="H8" s="20">
+        <v>4106.8047091420349</v>
+      </c>
+      <c r="I8" s="18">
+        <v>43.419738143366018</v>
+      </c>
+      <c r="J8" s="21">
+        <v>14.859698756407466</v>
+      </c>
+      <c r="K8" s="19">
+        <v>0</v>
+      </c>
+      <c r="L8" s="20">
+        <v>4106.8047091420349</v>
+      </c>
+      <c r="M8" s="18">
+        <v>43.419738143366018</v>
+      </c>
+      <c r="N8" s="21">
+        <v>14.859698756407466</v>
+      </c>
+      <c r="O8" s="51">
+        <v>5.16651234569101E-2</v>
+      </c>
+      <c r="P8" s="52">
+        <v>4106.8047091420349</v>
+      </c>
+      <c r="Q8" s="53">
+        <v>45.663024275009732</v>
+      </c>
+      <c r="R8" s="54">
+        <v>15.627426927189752</v>
+      </c>
+      <c r="S8" s="51">
+        <v>0</v>
+      </c>
+      <c r="T8" s="52">
+        <v>4106.8047091420349</v>
+      </c>
+      <c r="U8" s="53">
+        <v>45.663024275009732</v>
+      </c>
+      <c r="V8" s="54">
+        <v>15.627426927189752</v>
+      </c>
+      <c r="W8" s="51">
+        <v>0.10196363980974787</v>
+      </c>
+      <c r="X8" s="52">
+        <v>4106.8047091420349</v>
+      </c>
+      <c r="Y8" s="53">
+        <v>50.318992434810603</v>
+      </c>
+      <c r="Z8" s="54">
+        <v>17.220856257546885</v>
+      </c>
+      <c r="AA8" s="51">
+        <v>7.7605339016317831E-3</v>
+      </c>
+      <c r="AB8" s="52">
+        <v>4106.8047091420349</v>
+      </c>
+      <c r="AC8" s="53">
+        <v>50.709494681496913</v>
+      </c>
+      <c r="AD8" s="54">
+        <v>17.354499296348706</v>
+      </c>
+      <c r="AE8" s="19">
+        <v>2.5427860258960822E-2</v>
+      </c>
+      <c r="AF8" s="19">
+        <v>9.548738544621127E-3</v>
+      </c>
+      <c r="AG8" s="19">
+        <v>3.5219402792943999E-2</v>
+      </c>
+      <c r="AH8" s="20">
+        <v>4318.3145833311237</v>
+      </c>
+      <c r="AI8" s="18">
+        <v>51.682541705368934</v>
+      </c>
+      <c r="AJ8" s="21">
+        <v>18.598456129159473</v>
+      </c>
+      <c r="AK8" s="19">
+        <v>2.6417019590147195E-2</v>
+      </c>
+      <c r="AL8" s="21">
+        <v>19.089771909069974</v>
+      </c>
+      <c r="AM8" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN8" s="21">
+        <v>19.089771909069974</v>
+      </c>
+      <c r="AO8" s="51">
+        <v>0.11499999999999999</v>
+      </c>
+      <c r="AP8" s="54">
+        <v>21.570363739062117</v>
+      </c>
+    </row>
+    <row r="9" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B9" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="G6" s="7" t="s">
+      <c r="C9" s="17">
+        <v>1465108</v>
+      </c>
+      <c r="D9" s="17">
+        <v>4105.409294058868</v>
+      </c>
+      <c r="E9" s="18">
+        <v>58.30975893735323</v>
+      </c>
+      <c r="F9" s="18">
+        <v>19.948785522978508</v>
+      </c>
+      <c r="G9" s="19">
+        <v>5.5263429064786873E-3</v>
+      </c>
+      <c r="H9" s="20">
+        <v>4128.0971935892812</v>
+      </c>
+      <c r="I9" s="18">
+        <v>58.30975893735323</v>
+      </c>
+      <c r="J9" s="21">
+        <v>20.059029352346283</v>
+      </c>
+      <c r="K9" s="19">
+        <v>0</v>
+      </c>
+      <c r="L9" s="20">
+        <v>4128.0971935892812</v>
+      </c>
+      <c r="M9" s="18">
+        <v>58.30975893735323</v>
+      </c>
+      <c r="N9" s="21">
+        <v>20.059029352346283</v>
+      </c>
+      <c r="O9" s="51">
+        <v>3.9319598950510404E-2</v>
+      </c>
+      <c r="P9" s="52">
+        <v>4128.0971935892812</v>
+      </c>
+      <c r="Q9" s="53">
+        <v>60.602475273670905</v>
+      </c>
+      <c r="R9" s="54">
+        <v>20.847742341817057</v>
+      </c>
+      <c r="S9" s="51">
+        <v>-2.8500195030002451E-2</v>
+      </c>
+      <c r="T9" s="52">
+        <v>4125.8858850189608</v>
+      </c>
+      <c r="U9" s="53">
+        <v>58.906847693525933</v>
+      </c>
+      <c r="V9" s="54">
+        <v>20.253577619140032</v>
+      </c>
+      <c r="W9" s="51">
+        <v>7.9389160605177089E-2</v>
+      </c>
+      <c r="X9" s="52">
+        <v>4125.8858850189608</v>
+      </c>
+      <c r="Y9" s="53">
+        <v>63.583412885811967</v>
+      </c>
+      <c r="Z9" s="54">
+        <v>21.861492145575362</v>
+      </c>
+      <c r="AA9" s="51">
+        <v>2.1330422718602859E-2</v>
+      </c>
+      <c r="AB9" s="52">
+        <v>4125.8858850189608</v>
+      </c>
+      <c r="AC9" s="53">
+        <v>64.939673960557812</v>
+      </c>
+      <c r="AD9" s="54">
+        <v>22.3278070142999</v>
+      </c>
+      <c r="AE9" s="19">
+        <v>2.6440952172092747E-2</v>
+      </c>
+      <c r="AF9" s="19">
+        <v>1.4268224652822958E-2</v>
+      </c>
+      <c r="AG9" s="19">
+        <v>4.1086442270541701E-2</v>
+      </c>
+      <c r="AH9" s="20">
+        <v>4346.955093370033</v>
+      </c>
+      <c r="AI9" s="18">
+        <v>66.806042238406832</v>
+      </c>
+      <c r="AJ9" s="21">
+        <v>24.200238798011348</v>
+      </c>
+      <c r="AK9" s="19">
+        <v>2.1439240427645556E-2</v>
+      </c>
+      <c r="AL9" s="21">
+        <v>24.719073536008352</v>
+      </c>
+      <c r="AM9" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN9" s="21">
+        <v>24.719073536008352</v>
+      </c>
+      <c r="AO9" s="51">
+        <v>0.11499999999999988</v>
+      </c>
+      <c r="AP9" s="54">
+        <v>27.931156537862542</v>
+      </c>
+    </row>
+    <row r="10" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B10" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="H6" s="7" t="s">
-[...8 lines deleted...]
-      <c r="K6" s="7" t="s">
+      <c r="C10" s="17">
+        <v>305220</v>
+      </c>
+      <c r="D10" s="17">
+        <v>2647.5329270689995</v>
+      </c>
+      <c r="E10" s="18">
+        <v>74.270175378675376</v>
+      </c>
+      <c r="F10" s="18">
+        <v>16.386061234519364</v>
+      </c>
+      <c r="G10" s="19">
+        <v>5.5263429064784653E-3</v>
+      </c>
+      <c r="H10" s="20">
+        <v>2662.1641018801747</v>
+      </c>
+      <c r="I10" s="18">
+        <v>74.27017537867539</v>
+      </c>
+      <c r="J10" s="21">
+        <v>16.476616227787872</v>
+      </c>
+      <c r="K10" s="19">
+        <v>-4.3243251368705327E-3</v>
+      </c>
+      <c r="L10" s="20">
+        <v>2662.1641018801747</v>
+      </c>
+      <c r="M10" s="18">
+        <v>73.949006992365611</v>
+      </c>
+      <c r="N10" s="21">
+        <v>16.405365982063479</v>
+      </c>
+      <c r="O10" s="51">
+        <v>2.8317209633511808E-2</v>
+      </c>
+      <c r="P10" s="52">
+        <v>2662.1641018801747</v>
+      </c>
+      <c r="Q10" s="53">
+        <v>76.043036525558463</v>
+      </c>
+      <c r="R10" s="54">
+        <v>16.869920169692055</v>
+      </c>
+      <c r="S10" s="51">
+        <v>-1.1617758822057844E-4</v>
+      </c>
+      <c r="T10" s="52">
+        <v>2662.1566894095913</v>
+      </c>
+      <c r="U10" s="53">
+        <v>76.034413737506398</v>
+      </c>
+      <c r="V10" s="54">
+        <v>16.867960263053266</v>
+      </c>
+      <c r="W10" s="51">
+        <v>7.9972513482751806E-2</v>
+      </c>
+      <c r="X10" s="52">
+        <v>2662.1566894095922</v>
+      </c>
+      <c r="Y10" s="53">
+        <v>82.115076915282231</v>
+      </c>
+      <c r="Z10" s="54">
+        <v>18.216933442616817</v>
+      </c>
+      <c r="AA10" s="51">
+        <v>2.5851435137983492E-2</v>
+      </c>
+      <c r="AB10" s="52">
+        <v>2662.1566894095913</v>
+      </c>
+      <c r="AC10" s="53">
+        <v>84.237869500008202</v>
+      </c>
+      <c r="AD10" s="54">
+        <v>18.687867315921586</v>
+      </c>
+      <c r="AE10" s="19">
+        <v>2.5858955495982272E-2</v>
+      </c>
+      <c r="AF10" s="19">
+        <v>2.2314288264220439E-2</v>
+      </c>
+      <c r="AG10" s="19">
+        <v>4.8750267947351711E-2</v>
+      </c>
+      <c r="AH10" s="20">
+        <v>2801.618017907299</v>
+      </c>
+      <c r="AI10" s="18">
+        <v>88.039230054040303</v>
+      </c>
+      <c r="AJ10" s="21">
+        <v>20.554357766840425</v>
+      </c>
+      <c r="AK10" s="19">
+        <v>0</v>
+      </c>
+      <c r="AL10" s="21">
+        <v>20.554357766840425</v>
+      </c>
+      <c r="AM10" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN10" s="21">
+        <v>20.554357766840425</v>
+      </c>
+      <c r="AO10" s="51">
+        <v>0.11499999999999988</v>
+      </c>
+      <c r="AP10" s="54">
+        <v>23.22526301337901</v>
+      </c>
+    </row>
+    <row r="11" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B11" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="L6" s="7" t="s">
-[...32 lines deleted...]
-      <c r="W6" s="7" t="s">
+      <c r="C11" s="17">
+        <v>197867</v>
+      </c>
+      <c r="D11" s="17">
+        <v>1198.5626708849884</v>
+      </c>
+      <c r="E11" s="18">
+        <v>85.443862267874323</v>
+      </c>
+      <c r="F11" s="18">
+        <v>8.5341519808760449</v>
+      </c>
+      <c r="G11" s="19">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H11" s="20">
+        <v>1205.1863391992033</v>
+      </c>
+      <c r="I11" s="18">
+        <v>85.443862267874337</v>
+      </c>
+      <c r="J11" s="21">
+        <v>8.5813146311383672</v>
+      </c>
+      <c r="K11" s="19">
+        <v>0</v>
+      </c>
+      <c r="L11" s="20">
+        <v>1205.1863391992033</v>
+      </c>
+      <c r="M11" s="18">
+        <v>85.443862267874337</v>
+      </c>
+      <c r="N11" s="21">
+        <v>8.5813146311383672</v>
+      </c>
+      <c r="O11" s="51">
+        <v>2.6361170759224839E-2</v>
+      </c>
+      <c r="P11" s="52">
+        <v>1205.1863391992033</v>
+      </c>
+      <c r="Q11" s="53">
+        <v>87.696262511445468</v>
+      </c>
+      <c r="R11" s="54">
+        <v>8.807528131468441</v>
+      </c>
+      <c r="S11" s="51">
+        <v>0</v>
+      </c>
+      <c r="T11" s="52">
+        <v>1205.1863391992033</v>
+      </c>
+      <c r="U11" s="53">
+        <v>87.696262511445468</v>
+      </c>
+      <c r="V11" s="54">
+        <v>8.807528131468441</v>
+      </c>
+      <c r="W11" s="51">
+        <v>9.6279709624990772E-2</v>
+      </c>
+      <c r="X11" s="52">
+        <v>1205.1863391992033</v>
+      </c>
+      <c r="Y11" s="53">
+        <v>96.139633201244393</v>
+      </c>
+      <c r="Z11" s="54">
+        <v>9.6555143824801597</v>
+      </c>
+      <c r="AA11" s="51">
+        <v>2.4493003496081744E-2</v>
+      </c>
+      <c r="AB11" s="52">
+        <v>1205.1863391992033</v>
+      </c>
+      <c r="AC11" s="53">
+        <v>98.494381573354488</v>
+      </c>
+      <c r="AD11" s="54">
+        <v>9.8920069300067137</v>
+      </c>
+      <c r="AE11" s="19">
+        <v>2.1868253257301795E-2</v>
+      </c>
+      <c r="AF11" s="19">
+        <v>9.4436982138721426E-3</v>
+      </c>
+      <c r="AG11" s="19">
+        <v>3.1518468655400422E-2</v>
+      </c>
+      <c r="AH11" s="20">
+        <v>1258.4733241892588</v>
+      </c>
+      <c r="AI11" s="18">
+        <v>100.36346807140688</v>
+      </c>
+      <c r="AJ11" s="21">
+        <v>10.525395607582164</v>
+      </c>
+      <c r="AK11" s="19">
+        <v>0</v>
+      </c>
+      <c r="AL11" s="21">
+        <v>10.525395607582164</v>
+      </c>
+      <c r="AM11" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN11" s="21">
+        <v>10.525395607582164</v>
+      </c>
+      <c r="AO11" s="51">
+        <v>0.11499999999999977</v>
+      </c>
+      <c r="AP11" s="54">
+        <v>11.89310238144877</v>
+      </c>
+    </row>
+    <row r="12" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B12" s="16" t="s">
         <v>17</v>
       </c>
-      <c r="X6" s="7" t="s">
+      <c r="C12" s="17">
+        <v>199870</v>
+      </c>
+      <c r="D12" s="17">
+        <v>2194.366338119778</v>
+      </c>
+      <c r="E12" s="18">
+        <v>84.670106432460528</v>
+      </c>
+      <c r="F12" s="18">
+        <v>15.483102616700855</v>
+      </c>
+      <c r="G12" s="19">
+        <v>5.5263429064784653E-3</v>
+      </c>
+      <c r="H12" s="20">
+        <v>2206.4931589666608</v>
+      </c>
+      <c r="I12" s="18">
+        <v>84.670106432460557</v>
+      </c>
+      <c r="J12" s="21">
+        <v>15.568667551016938</v>
+      </c>
+      <c r="K12" s="19">
+        <v>0</v>
+      </c>
+      <c r="L12" s="20">
+        <v>2206.4931589666608</v>
+      </c>
+      <c r="M12" s="18">
+        <v>84.670106432460557</v>
+      </c>
+      <c r="N12" s="21">
+        <v>15.568667551016938</v>
+      </c>
+      <c r="O12" s="51">
+        <v>3.384431740577476E-2</v>
+      </c>
+      <c r="P12" s="52">
+        <v>2206.4931589666608</v>
+      </c>
+      <c r="Q12" s="53">
+        <v>87.535708389341465</v>
+      </c>
+      <c r="R12" s="54">
+        <v>16.09557847719854</v>
+      </c>
+      <c r="S12" s="51">
+        <v>0</v>
+      </c>
+      <c r="T12" s="52">
+        <v>2206.4931589666608</v>
+      </c>
+      <c r="U12" s="53">
+        <v>87.535708389341465</v>
+      </c>
+      <c r="V12" s="54">
+        <v>16.09557847719854</v>
+      </c>
+      <c r="W12" s="51">
+        <v>7.6444322611467053E-2</v>
+      </c>
+      <c r="X12" s="52">
+        <v>2206.4931589666608</v>
+      </c>
+      <c r="Y12" s="53">
+        <v>94.227316321479591</v>
+      </c>
+      <c r="Z12" s="54">
+        <v>17.325994070927692</v>
+      </c>
+      <c r="AA12" s="51">
+        <v>2.3939184537432823E-2</v>
+      </c>
+      <c r="AB12" s="52">
+        <v>2206.4931589666608</v>
+      </c>
+      <c r="AC12" s="53">
+        <v>96.483041435366559</v>
+      </c>
+      <c r="AD12" s="54">
+        <v>17.740764240286097</v>
+      </c>
+      <c r="AE12" s="19">
+        <v>8.0702180144633928E-3</v>
+      </c>
+      <c r="AF12" s="19">
+        <v>5.6804540587727104E-3</v>
+      </c>
+      <c r="AG12" s="19">
+        <v>1.3796514575911578E-2</v>
+      </c>
+      <c r="AH12" s="20">
+        <v>2242.2506260577657</v>
+      </c>
+      <c r="AI12" s="18">
+        <v>97.582289676180906</v>
+      </c>
+      <c r="AJ12" s="21">
+        <v>18.233662509880574</v>
+      </c>
+      <c r="AK12" s="19">
+        <v>3.2902717354154287E-2</v>
+      </c>
+      <c r="AL12" s="21">
+        <v>18.833599553774214</v>
+      </c>
+      <c r="AM12" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN12" s="21">
+        <v>18.833599553774214</v>
+      </c>
+      <c r="AO12" s="51">
+        <v>0.11499999999999977</v>
+      </c>
+      <c r="AP12" s="54">
+        <v>21.280903450592326</v>
+      </c>
+    </row>
+    <row r="13" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B13" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="Y6" s="7" t="s">
+      <c r="C13" s="17">
+        <v>77766</v>
+      </c>
+      <c r="D13" s="17">
+        <v>1293.8816449348044</v>
+      </c>
+      <c r="E13" s="18">
+        <v>66.73200715563506</v>
+      </c>
+      <c r="F13" s="18">
+        <v>7.1952765990278529</v>
+      </c>
+      <c r="G13" s="19">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H13" s="20">
+        <v>1301.0320785851125</v>
+      </c>
+      <c r="I13" s="18">
+        <v>66.73200715563506</v>
+      </c>
+      <c r="J13" s="21">
+        <v>7.2350401648210401</v>
+      </c>
+      <c r="K13" s="19">
+        <v>0</v>
+      </c>
+      <c r="L13" s="20">
+        <v>1301.0320785851125</v>
+      </c>
+      <c r="M13" s="18">
+        <v>66.73200715563506</v>
+      </c>
+      <c r="N13" s="21">
+        <v>7.2350401648210401</v>
+      </c>
+      <c r="O13" s="51">
+        <v>4.3664989791069919E-2</v>
+      </c>
+      <c r="P13" s="52">
+        <v>1301.0320785851125</v>
+      </c>
+      <c r="Q13" s="53">
+        <v>69.645859566823461</v>
+      </c>
+      <c r="R13" s="54">
+        <v>7.550958119755931</v>
+      </c>
+      <c r="S13" s="51">
+        <v>0</v>
+      </c>
+      <c r="T13" s="52">
+        <v>1301.0320785851125</v>
+      </c>
+      <c r="U13" s="53">
+        <v>69.645859566823461</v>
+      </c>
+      <c r="V13" s="54">
+        <v>7.550958119755931</v>
+      </c>
+      <c r="W13" s="51">
+        <v>7.0819320620140847E-2</v>
+      </c>
+      <c r="X13" s="52">
+        <v>1301.0320785851122</v>
+      </c>
+      <c r="Y13" s="53">
+        <v>74.57813202535165</v>
+      </c>
+      <c r="Z13" s="54">
+        <v>8.0857118438281823</v>
+      </c>
+      <c r="AA13" s="51">
+        <v>1.2868748581999601E-2</v>
+      </c>
+      <c r="AB13" s="52">
+        <v>1301.0320785851125</v>
+      </c>
+      <c r="AC13" s="53">
+        <v>75.537859256101072</v>
+      </c>
+      <c r="AD13" s="54">
+        <v>8.1897648366529037</v>
+      </c>
+      <c r="AE13" s="19">
+        <v>3.4358735372147287E-2</v>
+      </c>
+      <c r="AF13" s="19">
+        <v>1.8500317868020977E-2</v>
+      </c>
+      <c r="AG13" s="19">
+        <v>5.3494700766096193E-2</v>
+      </c>
+      <c r="AH13" s="20">
+        <v>1391.9716102801528</v>
+      </c>
+      <c r="AI13" s="18">
+        <v>78.358661791464101</v>
+      </c>
+      <c r="AJ13" s="21">
+        <v>9.0894193861051811</v>
+      </c>
+      <c r="AK13" s="19">
+        <v>2.9651667844372787E-2</v>
+      </c>
+      <c r="AL13" s="21">
+        <v>9.3589358306401742</v>
+      </c>
+      <c r="AM13" s="19">
+        <v>0.27574367634760422</v>
+      </c>
+      <c r="AN13" s="21">
+        <v>11.939603203282214</v>
+      </c>
+      <c r="AO13" s="51">
+        <v>0.11499999999999999</v>
+      </c>
+      <c r="AP13" s="54">
+        <v>13.49107706585561</v>
+      </c>
+    </row>
+    <row r="14" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B14" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="Z6" s="7" t="s">
-[...8 lines deleted...]
-      <c r="AC6" s="7" t="s">
+      <c r="C14" s="17">
+        <v>231499</v>
+      </c>
+      <c r="D14" s="17">
+        <v>1867.1354951857243</v>
+      </c>
+      <c r="E14" s="18">
+        <v>88.574239311493628</v>
+      </c>
+      <c r="F14" s="18">
+        <v>13.781675514797042</v>
+      </c>
+      <c r="G14" s="19">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H14" s="20">
+        <v>1877.4539261849786</v>
+      </c>
+      <c r="I14" s="18">
+        <v>88.574239311493585</v>
+      </c>
+      <c r="J14" s="21">
+        <v>13.857837779517626</v>
+      </c>
+      <c r="K14" s="19">
+        <v>-6.3150008294751148E-3</v>
+      </c>
+      <c r="L14" s="20">
+        <v>1877.4539261849786</v>
+      </c>
+      <c r="M14" s="18">
+        <v>88.014892916771387</v>
+      </c>
+      <c r="N14" s="21">
+        <v>13.770325522445241</v>
+      </c>
+      <c r="O14" s="51">
+        <v>4.220406971647539E-2</v>
+      </c>
+      <c r="P14" s="52">
+        <v>1877.4539261849786</v>
+      </c>
+      <c r="Q14" s="53">
+        <v>91.729479593518889</v>
+      </c>
+      <c r="R14" s="54">
+        <v>14.351489300813078</v>
+      </c>
+      <c r="S14" s="51">
+        <v>-1.8005379568719615E-4</v>
+      </c>
+      <c r="T14" s="52">
+        <v>1877.4441532085436</v>
+      </c>
+      <c r="U14" s="53">
+        <v>91.71344076148516</v>
+      </c>
+      <c r="V14" s="54">
+        <v>14.348905260690703</v>
+      </c>
+      <c r="W14" s="51">
+        <v>5.7521008775136551E-2</v>
+      </c>
+      <c r="X14" s="52">
+        <v>1877.4441532085436</v>
+      </c>
+      <c r="Y14" s="53">
+        <v>96.988890392324521</v>
+      </c>
+      <c r="Z14" s="54">
+        <v>15.174268766104495</v>
+      </c>
+      <c r="AA14" s="51">
+        <v>2.1600593941463853E-2</v>
+      </c>
+      <c r="AB14" s="52">
+        <v>1877.4441532085436</v>
+      </c>
+      <c r="AC14" s="53">
+        <v>99.083908030522252</v>
+      </c>
+      <c r="AD14" s="54">
+        <v>15.502041984079755</v>
+      </c>
+      <c r="AE14" s="19">
+        <v>3.6847693201617959E-2</v>
+      </c>
+      <c r="AF14" s="19">
+        <v>1.7161888952978321E-2</v>
+      </c>
+      <c r="AG14" s="19">
+        <v>5.4641958173495819E-2</v>
+      </c>
+      <c r="AH14" s="20">
+        <v>2018.3522300116351</v>
+      </c>
+      <c r="AI14" s="18">
+        <v>102.51402531009566</v>
+      </c>
+      <c r="AJ14" s="21">
+        <v>17.242450966008398</v>
+      </c>
+      <c r="AK14" s="19">
+        <v>5.1022131223095402E-2</v>
+      </c>
+      <c r="AL14" s="21">
+        <v>18.122197561803866</v>
+      </c>
+      <c r="AM14" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN14" s="21">
+        <v>18.122197561803866</v>
+      </c>
+      <c r="AO14" s="51">
+        <v>0.1150000000000001</v>
+      </c>
+      <c r="AP14" s="54">
+        <v>20.477059391868778</v>
+      </c>
+    </row>
+    <row r="15" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B15" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="AD6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AE6" s="7" t="s">
+      <c r="C15" s="17">
+        <v>69776</v>
+      </c>
+      <c r="D15" s="17">
+        <v>1270.2361843613851</v>
+      </c>
+      <c r="E15" s="18">
+        <v>93.075345247766023</v>
+      </c>
+      <c r="F15" s="18">
+        <v>9.8523059504700736</v>
+      </c>
+      <c r="G15" s="19">
+        <v>5.5263429064786873E-3</v>
+      </c>
+      <c r="H15" s="20">
+        <v>1277.2559450883828</v>
+      </c>
+      <c r="I15" s="18">
+        <v>93.075345247766052</v>
+      </c>
+      <c r="J15" s="21">
+        <v>9.9067531715719124</v>
+      </c>
+      <c r="K15" s="19">
+        <v>-4.6610968198264047E-3</v>
+      </c>
+      <c r="L15" s="20">
+        <v>1277.2559450883828</v>
+      </c>
+      <c r="M15" s="18">
+        <v>92.641512052027451</v>
+      </c>
+      <c r="N15" s="21">
+        <v>9.8605768358690931</v>
+      </c>
+      <c r="O15" s="51">
+        <v>3.4063846976055911E-2</v>
+      </c>
+      <c r="P15" s="52">
+        <v>1277.2559450883828</v>
+      </c>
+      <c r="Q15" s="53">
+        <v>95.797238342198156</v>
+      </c>
+      <c r="R15" s="54">
+        <v>10.19646601630178</v>
+      </c>
+      <c r="S15" s="51">
+        <v>-4.5681988780813532E-3</v>
+      </c>
+      <c r="T15" s="52">
+        <v>1277.0938238524604</v>
+      </c>
+      <c r="U15" s="53">
+        <v>95.371722973972894</v>
+      </c>
+      <c r="V15" s="54">
+        <v>10.149886531685716</v>
+      </c>
+      <c r="W15" s="51">
+        <v>5.3833123523221227E-2</v>
+      </c>
+      <c r="X15" s="52">
+        <v>1277.0938238524607</v>
+      </c>
+      <c r="Y15" s="53">
+        <v>100.50588071745319</v>
+      </c>
+      <c r="Z15" s="54">
+        <v>10.696286627092633</v>
+      </c>
+      <c r="AA15" s="51">
+        <v>3.0319987940246262E-2</v>
+      </c>
+      <c r="AB15" s="52">
+        <v>1277.0938238524604</v>
+      </c>
+      <c r="AC15" s="53">
+        <v>103.55321780873022</v>
+      </c>
+      <c r="AD15" s="54">
+        <v>11.020597908631498</v>
+      </c>
+      <c r="AE15" s="19">
+        <v>3.6216342367593413E-2</v>
+      </c>
+      <c r="AF15" s="19">
+        <v>1.5566477309106874E-2</v>
+      </c>
+      <c r="AG15" s="19">
+        <v>5.2346580548384258E-2</v>
+      </c>
+      <c r="AH15" s="20">
+        <v>1371.2722243857647</v>
+      </c>
+      <c r="AI15" s="18">
+        <v>106.8022279596611</v>
+      </c>
+      <c r="AJ15" s="21">
+        <v>12.204577391966666</v>
+      </c>
+      <c r="AK15" s="19">
+        <v>8.6460022074936083E-2</v>
+      </c>
+      <c r="AL15" s="21">
+        <v>13.259785422691369</v>
+      </c>
+      <c r="AM15" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN15" s="21">
+        <v>13.259785422691369</v>
+      </c>
+      <c r="AO15" s="51">
+        <v>0.11499999999999988</v>
+      </c>
+      <c r="AP15" s="54">
+        <v>14.982808387221883</v>
+      </c>
+    </row>
+    <row r="16" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B16" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="AF6" s="7" t="s">
+      <c r="C16" s="17">
+        <v>148869</v>
+      </c>
+      <c r="D16" s="17">
+        <v>2031.3967313544122</v>
+      </c>
+      <c r="E16" s="18">
+        <v>90.386471965398187</v>
+      </c>
+      <c r="F16" s="18">
+        <v>15.300898642430591</v>
+      </c>
+      <c r="G16" s="19">
+        <v>5.5263429064786873E-3</v>
+      </c>
+      <c r="H16" s="20">
+        <v>2042.6229262709762</v>
+      </c>
+      <c r="I16" s="18">
+        <v>90.386471965398201</v>
+      </c>
+      <c r="J16" s="21">
+        <v>15.385456655105935</v>
+      </c>
+      <c r="K16" s="19">
+        <v>-8.0199350663165969E-3</v>
+      </c>
+      <c r="L16" s="20">
+        <v>2042.6229262709762</v>
+      </c>
+      <c r="M16" s="18">
+        <v>89.661578329362257</v>
+      </c>
+      <c r="N16" s="21">
+        <v>15.262066291766358</v>
+      </c>
+      <c r="O16" s="51">
+        <v>4.2337269007233669E-2</v>
+      </c>
+      <c r="P16" s="52">
+        <v>2042.6229262709762</v>
+      </c>
+      <c r="Q16" s="53">
+        <v>93.457604690705622</v>
+      </c>
+      <c r="R16" s="54">
+        <v>15.908220497967104</v>
+      </c>
+      <c r="S16" s="51">
+        <v>0</v>
+      </c>
+      <c r="T16" s="52">
+        <v>2042.6229262709762</v>
+      </c>
+      <c r="U16" s="53">
+        <v>93.457604690705622</v>
+      </c>
+      <c r="V16" s="54">
+        <v>15.908220497967104</v>
+      </c>
+      <c r="W16" s="51">
+        <v>6.9791099288938341E-2</v>
+      </c>
+      <c r="X16" s="52">
+        <v>2042.622926270976</v>
+      </c>
+      <c r="Y16" s="53">
+        <v>99.980113658981011</v>
+      </c>
+      <c r="Z16" s="54">
+        <v>17.018472694251049</v>
+      </c>
+      <c r="AA16" s="51">
+        <v>2.2650691930045541E-2</v>
+      </c>
+      <c r="AB16" s="52">
+        <v>2042.6229262709762</v>
+      </c>
+      <c r="AC16" s="53">
+        <v>102.24473241260152</v>
+      </c>
+      <c r="AD16" s="54">
+        <v>17.403952876368422</v>
+      </c>
+      <c r="AE16" s="19">
+        <v>3.7227346262433292E-2</v>
+      </c>
+      <c r="AF16" s="19">
+        <v>1.8064987452963921E-2</v>
+      </c>
+      <c r="AG16" s="19">
+        <v>5.596484525853529E-2</v>
+      </c>
+      <c r="AH16" s="20">
+        <v>2197.536608871359</v>
+      </c>
+      <c r="AI16" s="18">
+        <v>105.97219896054162</v>
+      </c>
+      <c r="AJ16" s="21">
+        <v>19.406482228199131</v>
+      </c>
+      <c r="AK16" s="19">
+        <v>4.1369365319560591E-2</v>
+      </c>
+      <c r="AL16" s="21">
+        <v>20.209316081065062</v>
+      </c>
+      <c r="AM16" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN16" s="21">
+        <v>20.209316081065062</v>
+      </c>
+      <c r="AO16" s="51">
+        <v>0.11500000000000021</v>
+      </c>
+      <c r="AP16" s="54">
+        <v>22.835385402333408</v>
+      </c>
+    </row>
+    <row r="17" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B17" s="16" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="8" t="s">
+      <c r="C17" s="17">
+        <v>56790</v>
+      </c>
+      <c r="D17" s="17">
+        <v>1421.6587427363972</v>
+      </c>
+      <c r="E17" s="18">
+        <v>92.445563317479198</v>
+      </c>
+      <c r="F17" s="18">
+        <v>10.952170276457123</v>
+      </c>
+      <c r="G17" s="19">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H17" s="20">
+        <v>1429.5153164447515</v>
+      </c>
+      <c r="I17" s="18">
+        <v>92.445563317479184</v>
+      </c>
+      <c r="J17" s="21">
+        <v>11.012695724974964</v>
+      </c>
+      <c r="K17" s="19">
+        <v>-8.063497570158229E-3</v>
+      </c>
+      <c r="L17" s="20">
+        <v>1429.5153164447515</v>
+      </c>
+      <c r="M17" s="18">
+        <v>91.700128742296783</v>
+      </c>
+      <c r="N17" s="21">
+        <v>10.923894879755737</v>
+      </c>
+      <c r="O17" s="51">
+        <v>3.6427797581788379E-2</v>
+      </c>
+      <c r="P17" s="52">
+        <v>1429.5153164447515</v>
+      </c>
+      <c r="Q17" s="53">
+        <v>95.040562470345108</v>
+      </c>
+      <c r="R17" s="54">
+        <v>11.321828311240214</v>
+      </c>
+      <c r="S17" s="51">
+        <v>0</v>
+      </c>
+      <c r="T17" s="52">
+        <v>1429.5153164447515</v>
+      </c>
+      <c r="U17" s="53">
+        <v>95.040562470345108</v>
+      </c>
+      <c r="V17" s="54">
+        <v>11.321828311240214</v>
+      </c>
+      <c r="W17" s="51">
+        <v>7.1521520856721255E-2</v>
+      </c>
+      <c r="X17" s="52">
+        <v>1429.5153164447513</v>
+      </c>
+      <c r="Y17" s="53">
+        <v>101.83800804130246</v>
+      </c>
+      <c r="Z17" s="54">
+        <v>12.131582690938799</v>
+      </c>
+      <c r="AA17" s="51">
+        <v>1.7585814110323339E-2</v>
+      </c>
+      <c r="AB17" s="52">
+        <v>1429.5153164447515</v>
+      </c>
+      <c r="AC17" s="53">
+        <v>103.62891232008239</v>
+      </c>
+      <c r="AD17" s="54">
+        <v>12.344926449005666</v>
+      </c>
+      <c r="AE17" s="19">
+        <v>3.7742847958921244E-2</v>
+      </c>
+      <c r="AF17" s="19">
+        <v>1.7083235963231136E-2</v>
+      </c>
+      <c r="AG17" s="19">
+        <v>5.5470853899759032E-2</v>
+      </c>
+      <c r="AH17" s="20">
+        <v>1539.4596517671655</v>
+      </c>
+      <c r="AI17" s="18">
+        <v>107.19978938944068</v>
+      </c>
+      <c r="AJ17" s="21">
+        <v>13.752479203581819</v>
+      </c>
+      <c r="AK17" s="19">
+        <v>5.1824958959109768E-2</v>
+      </c>
+      <c r="AL17" s="21">
+        <v>14.465200873893458</v>
+      </c>
+      <c r="AM17" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN17" s="21">
+        <v>14.465200873893458</v>
+      </c>
+      <c r="AO17" s="51">
+        <v>0.1150000000000001</v>
+      </c>
+      <c r="AP17" s="54">
+        <v>16.344859744512384</v>
+      </c>
+    </row>
+    <row r="18" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B18" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="9">
-[...91 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="C18" s="17">
+        <v>29766</v>
+      </c>
+      <c r="D18" s="17">
+        <v>1928.6434186655915</v>
+      </c>
+      <c r="E18" s="18">
+        <v>89.029813963210714</v>
+      </c>
+      <c r="F18" s="18">
+        <v>14.308897063764027</v>
+      </c>
+      <c r="G18" s="19">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H18" s="20">
+        <v>1939.3017635414603</v>
+      </c>
+      <c r="I18" s="18">
+        <v>89.029813963210714</v>
+      </c>
+      <c r="J18" s="21">
+        <v>14.387972935551888</v>
+      </c>
+      <c r="K18" s="19">
+        <v>-8.0906450674507191E-3</v>
+      </c>
+      <c r="L18" s="20">
+        <v>1939.3017635414603</v>
+      </c>
+      <c r="M18" s="18">
+        <v>88.30950533801321</v>
+      </c>
+      <c r="N18" s="21">
+        <v>14.27156495329025</v>
+      </c>
+      <c r="O18" s="51">
+        <v>4.2817736883810076E-2</v>
+      </c>
+      <c r="P18" s="52">
+        <v>1939.3017635414603</v>
+      </c>
+      <c r="Q18" s="53">
+        <v>92.09071850191566</v>
+      </c>
+      <c r="R18" s="54">
+        <v>14.882641066380437</v>
+      </c>
+      <c r="S18" s="51">
+        <v>0</v>
+      </c>
+      <c r="T18" s="52">
+        <v>1939.3017635414603</v>
+      </c>
+      <c r="U18" s="53">
+        <v>92.09071850191566</v>
+      </c>
+      <c r="V18" s="54">
+        <v>14.882641066380437</v>
+      </c>
+      <c r="W18" s="51">
+        <v>7.5236169727757485E-2</v>
+      </c>
+      <c r="X18" s="52">
+        <v>1939.3017635414603</v>
+      </c>
+      <c r="Y18" s="53">
+        <v>99.019271429476916</v>
+      </c>
+      <c r="Z18" s="54">
+        <v>16.002353975647928</v>
+      </c>
+      <c r="AA18" s="51">
+        <v>2.1301608848909526E-2</v>
+      </c>
+      <c r="AB18" s="52">
+        <v>1939.3017635414603</v>
+      </c>
+      <c r="AC18" s="53">
+        <v>101.12854121797164</v>
+      </c>
+      <c r="AD18" s="54">
+        <v>16.343229860698973</v>
+      </c>
+      <c r="AE18" s="19">
+        <v>3.6597148664996526E-2</v>
+      </c>
+      <c r="AF18" s="19">
+        <v>1.7655646427465088E-2</v>
+      </c>
+      <c r="AG18" s="19">
+        <v>5.4898941409544211E-2</v>
+      </c>
+      <c r="AH18" s="20">
+        <v>2083.8449997541838</v>
+      </c>
+      <c r="AI18" s="18">
+        <v>104.73104472894562</v>
+      </c>
+      <c r="AJ18" s="21">
+        <v>18.186938656453759</v>
+      </c>
+      <c r="AK18" s="19">
+        <v>5.8430034912108297E-2</v>
+      </c>
+      <c r="AL18" s="21">
+        <v>19.249602117094724</v>
+      </c>
+      <c r="AM18" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN18" s="21">
+        <v>19.249602117094724</v>
+      </c>
+      <c r="AO18" s="51">
+        <v>0.11499999999999999</v>
+      </c>
+      <c r="AP18" s="54">
+        <v>21.750962844174829</v>
+      </c>
+    </row>
+    <row r="19" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B19" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="C8" s="9">
-[...91 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="C19" s="17">
+        <v>350871</v>
+      </c>
+      <c r="D19" s="17">
+        <v>1727.9170977367748</v>
+      </c>
+      <c r="E19" s="18">
+        <v>81.483197157730146</v>
+      </c>
+      <c r="F19" s="18">
+        <v>11.733017462258209</v>
+      </c>
+      <c r="G19" s="19">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H19" s="20">
+        <v>1737.4661601328357</v>
+      </c>
+      <c r="I19" s="18">
+        <v>81.483197157730103</v>
+      </c>
+      <c r="J19" s="21">
+        <v>11.797858140082344</v>
+      </c>
+      <c r="K19" s="19">
+        <v>0</v>
+      </c>
+      <c r="L19" s="20">
+        <v>1737.4661601328357</v>
+      </c>
+      <c r="M19" s="18">
+        <v>81.483197157730103</v>
+      </c>
+      <c r="N19" s="21">
+        <v>11.797858140082344</v>
+      </c>
+      <c r="O19" s="51">
+        <v>3.5061492866264921E-2</v>
+      </c>
+      <c r="P19" s="52">
+        <v>1737.4661601328357</v>
+      </c>
+      <c r="Q19" s="53">
+        <v>84.340119693596321</v>
+      </c>
+      <c r="R19" s="54">
+        <v>12.211508659098048</v>
+      </c>
+      <c r="S19" s="51">
+        <v>-1.3318976007151706E-3</v>
+      </c>
+      <c r="T19" s="52">
+        <v>1737.4210237724617</v>
+      </c>
+      <c r="U19" s="53">
+        <v>84.229975439351037</v>
+      </c>
+      <c r="V19" s="54">
+        <v>12.195244180013882</v>
+      </c>
+      <c r="W19" s="51">
+        <v>6.2446472511608953E-2</v>
+      </c>
+      <c r="X19" s="52">
+        <v>1737.4210237724615</v>
+      </c>
+      <c r="Y19" s="53">
+        <v>89.489840285277964</v>
+      </c>
+      <c r="Z19" s="54">
+        <v>12.956794160473477</v>
+      </c>
+      <c r="AA19" s="51">
+        <v>2.6552605039257715E-2</v>
+      </c>
+      <c r="AB19" s="52">
+        <v>1737.4210237724617</v>
+      </c>
+      <c r="AC19" s="53">
+        <v>91.866028669399199</v>
+      </c>
+      <c r="AD19" s="54">
+        <v>13.300830798391489</v>
+      </c>
+      <c r="AE19" s="19">
+        <v>5.3499250492689665E-2</v>
+      </c>
+      <c r="AF19" s="19">
+        <v>1.2847156828224682E-2</v>
+      </c>
+      <c r="AG19" s="19">
+        <v>6.7033720582186485E-2</v>
+      </c>
+      <c r="AH19" s="20">
+        <v>1928.2952628864223</v>
+      </c>
+      <c r="AI19" s="18">
+        <v>94.24162566085856</v>
+      </c>
+      <c r="AJ19" s="21">
+        <v>15.143806694045754</v>
+      </c>
+      <c r="AK19" s="19">
+        <v>4.5882135904538268E-2</v>
+      </c>
+      <c r="AL19" s="21">
+        <v>15.838636890894019</v>
+      </c>
+      <c r="AM19" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN19" s="21">
+        <v>15.838636890894019</v>
+      </c>
+      <c r="AO19" s="51">
+        <v>0.11499999999999966</v>
+      </c>
+      <c r="AP19" s="54">
+        <v>17.896764848467811</v>
+      </c>
+    </row>
+    <row r="20" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B20" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="9">
-[...91 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="C20" s="17">
+        <v>301914</v>
+      </c>
+      <c r="D20" s="17">
+        <v>1158.4888411931875</v>
+      </c>
+      <c r="E20" s="18">
+        <v>86.647218238583719</v>
+      </c>
+      <c r="F20" s="18">
+        <v>8.3649862874858396</v>
+      </c>
+      <c r="G20" s="19">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H20" s="20">
+        <v>1164.8910477829497</v>
+      </c>
+      <c r="I20" s="18">
+        <v>86.647218238583733</v>
+      </c>
+      <c r="J20" s="21">
+        <v>8.4112140701184757</v>
+      </c>
+      <c r="K20" s="19">
+        <v>0</v>
+      </c>
+      <c r="L20" s="20">
+        <v>1164.8910477829497</v>
+      </c>
+      <c r="M20" s="18">
+        <v>86.647218238583733</v>
+      </c>
+      <c r="N20" s="21">
+        <v>8.4112140701184757</v>
+      </c>
+      <c r="O20" s="51">
+        <v>3.4872847600516232E-2</v>
+      </c>
+      <c r="P20" s="52">
+        <v>1164.8910477829497</v>
+      </c>
+      <c r="Q20" s="53">
+        <v>89.668853475226527</v>
+      </c>
+      <c r="R20" s="54">
+        <v>8.7045370565210352</v>
+      </c>
+      <c r="S20" s="51">
+        <v>-9.0004198649451528E-4</v>
+      </c>
+      <c r="T20" s="52">
+        <v>1164.8685668684686</v>
+      </c>
+      <c r="U20" s="53">
+        <v>89.589876712803346</v>
+      </c>
+      <c r="V20" s="54">
+        <v>8.6967026076971692</v>
+      </c>
+      <c r="W20" s="51">
+        <v>5.7603946010939433E-2</v>
+      </c>
+      <c r="X20" s="52">
+        <v>1164.8685668684689</v>
+      </c>
+      <c r="Y20" s="53">
+        <v>94.750607134094381</v>
+      </c>
+      <c r="Z20" s="54">
+        <v>9.1976669951841536</v>
+      </c>
+      <c r="AA20" s="51">
+        <v>2.5932369507458475E-2</v>
+      </c>
+      <c r="AB20" s="52">
+        <v>1164.8685668684686</v>
+      </c>
+      <c r="AC20" s="53">
+        <v>97.207714889351763</v>
+      </c>
+      <c r="AD20" s="54">
+        <v>9.4361842943098235</v>
+      </c>
+      <c r="AE20" s="19">
+        <v>5.3629061550927615E-2</v>
+      </c>
+      <c r="AF20" s="19">
+        <v>1.2721489116411577E-2</v>
+      </c>
+      <c r="AG20" s="19">
+        <v>6.7032792190182766E-2</v>
+      </c>
+      <c r="AH20" s="20">
+        <v>1293.1604338223221</v>
+      </c>
+      <c r="AI20" s="18">
+        <v>99.696700398827986</v>
+      </c>
+      <c r="AJ20" s="21">
+        <v>10.74365236153354</v>
+      </c>
+      <c r="AK20" s="19">
+        <v>6.8470276563386223E-2</v>
+      </c>
+      <c r="AL20" s="21">
+        <v>11.479273210028619</v>
+      </c>
+      <c r="AM20" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN20" s="21">
+        <v>11.479273210028619</v>
+      </c>
+      <c r="AO20" s="51">
+        <v>0.11499999999999999</v>
+      </c>
+      <c r="AP20" s="54">
+        <v>12.970930180823299</v>
+      </c>
+    </row>
+    <row r="21" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B21" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="9">
-[...91 lines deleted...]
-      <c r="B11" s="8" t="s">
+      <c r="C21" s="17">
+        <v>241091</v>
+      </c>
+      <c r="D21" s="17">
+        <v>1941.7232497272814</v>
+      </c>
+      <c r="E21" s="18">
+        <v>85.14533003511832</v>
+      </c>
+      <c r="F21" s="18">
+        <v>13.777388911240987</v>
+      </c>
+      <c r="G21" s="19">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H21" s="20">
+        <v>1952.4538782347561</v>
+      </c>
+      <c r="I21" s="18">
+        <v>85.145330035118306</v>
+      </c>
+      <c r="J21" s="21">
+        <v>13.853527486720415</v>
+      </c>
+      <c r="K21" s="19">
+        <v>0</v>
+      </c>
+      <c r="L21" s="20">
+        <v>1952.4538782347561</v>
+      </c>
+      <c r="M21" s="18">
+        <v>85.145330035118306</v>
+      </c>
+      <c r="N21" s="21">
+        <v>13.853527486720415</v>
+      </c>
+      <c r="O21" s="51">
+        <v>3.9485682759079932E-2</v>
+      </c>
+      <c r="P21" s="52">
+        <v>1952.4538782347561</v>
+      </c>
+      <c r="Q21" s="53">
+        <v>88.507351525302141</v>
+      </c>
+      <c r="R21" s="54">
+        <v>14.400543478155251</v>
+      </c>
+      <c r="S21" s="51">
+        <v>0</v>
+      </c>
+      <c r="T21" s="52">
+        <v>1952.4538782347561</v>
+      </c>
+      <c r="U21" s="53">
+        <v>88.507351525302141</v>
+      </c>
+      <c r="V21" s="54">
+        <v>14.400543478155251</v>
+      </c>
+      <c r="W21" s="51">
+        <v>7.7174682236593961E-2</v>
+      </c>
+      <c r="X21" s="52">
+        <v>1952.4538782347558</v>
+      </c>
+      <c r="Y21" s="53">
+        <v>95.337878254869864</v>
+      </c>
+      <c r="Z21" s="54">
+        <v>15.511900845116138</v>
+      </c>
+      <c r="AA21" s="51">
+        <v>1.7160818093959307E-2</v>
+      </c>
+      <c r="AB21" s="52">
+        <v>1952.4538782347561</v>
+      </c>
+      <c r="AC21" s="53">
+        <v>96.973954241065698</v>
+      </c>
+      <c r="AD21" s="54">
+        <v>15.778097753810709</v>
+      </c>
+      <c r="AE21" s="19">
+        <v>5.5323047222082922E-2</v>
+      </c>
+      <c r="AF21" s="19">
+        <v>1.4740375080429358E-2</v>
+      </c>
+      <c r="AG21" s="19">
+        <v>7.0878904769158035E-2</v>
+      </c>
+      <c r="AH21" s="20">
+        <v>2174.4610320107599</v>
+      </c>
+      <c r="AI21" s="18">
+        <v>99.853889528748198</v>
+      </c>
+      <c r="AJ21" s="21">
+        <v>18.094032639580853</v>
+      </c>
+      <c r="AK21" s="19">
+        <v>3.4619281297178395E-2</v>
+      </c>
+      <c r="AL21" s="21">
+        <v>18.720435045330831</v>
+      </c>
+      <c r="AM21" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN21" s="21">
+        <v>18.720435045330831</v>
+      </c>
+      <c r="AO21" s="51">
+        <v>0.11499999999999988</v>
+      </c>
+      <c r="AP21" s="54">
+        <v>21.15303394952636</v>
+      </c>
+    </row>
+    <row r="22" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B22" s="16" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="9">
-[...91 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="C22" s="17">
+        <v>214054</v>
+      </c>
+      <c r="D22" s="17">
+        <v>1326.6745774430751</v>
+      </c>
+      <c r="E22" s="18">
+        <v>93.274199873230501</v>
+      </c>
+      <c r="F22" s="18">
+        <v>10.312042475263251</v>
+      </c>
+      <c r="G22" s="19">
+        <v>5.5263429064784653E-3</v>
+      </c>
+      <c r="H22" s="20">
+        <v>1334.0062360833331</v>
+      </c>
+      <c r="I22" s="18">
+        <v>93.274199873230501</v>
+      </c>
+      <c r="J22" s="21">
+        <v>10.369030358047727</v>
+      </c>
+      <c r="K22" s="19">
+        <v>0</v>
+      </c>
+      <c r="L22" s="20">
+        <v>1334.0062360833331</v>
+      </c>
+      <c r="M22" s="18">
+        <v>93.274199873230501</v>
+      </c>
+      <c r="N22" s="21">
+        <v>10.369030358047727</v>
+      </c>
+      <c r="O22" s="51">
+        <v>3.8483213726232535E-2</v>
+      </c>
+      <c r="P22" s="52">
+        <v>1334.0062360833331</v>
+      </c>
+      <c r="Q22" s="53">
+        <v>96.863690842095352</v>
+      </c>
+      <c r="R22" s="54">
+        <v>10.768063969450271</v>
+      </c>
+      <c r="S22" s="51">
+        <v>0</v>
+      </c>
+      <c r="T22" s="52">
+        <v>1334.0062360833331</v>
+      </c>
+      <c r="U22" s="53">
+        <v>96.863690842095352</v>
+      </c>
+      <c r="V22" s="54">
+        <v>10.768063969450271</v>
+      </c>
+      <c r="W22" s="51">
+        <v>7.139261990182999E-2</v>
+      </c>
+      <c r="X22" s="52">
+        <v>1334.0062360833331</v>
+      </c>
+      <c r="Y22" s="53">
+        <v>103.77904350467342</v>
+      </c>
+      <c r="Z22" s="54">
+        <v>11.536824267499824</v>
+      </c>
+      <c r="AA22" s="51">
+        <v>1.9828483847448508E-2</v>
+      </c>
+      <c r="AB22" s="52">
+        <v>1334.0062360833331</v>
+      </c>
+      <c r="AC22" s="53">
+        <v>105.83682459250953</v>
+      </c>
+      <c r="AD22" s="54">
+        <v>11.765582001138798</v>
+      </c>
+      <c r="AE22" s="19">
+        <v>5.5788509964511013E-2</v>
+      </c>
+      <c r="AF22" s="19">
+        <v>1.4284181970105836E-2</v>
+      </c>
+      <c r="AG22" s="19">
+        <v>7.086958516279096E-2</v>
+      </c>
+      <c r="AH22" s="20">
+        <v>1487.002581245142</v>
+      </c>
+      <c r="AI22" s="18">
+        <v>108.88200423436747</v>
+      </c>
+      <c r="AJ22" s="21">
+        <v>13.492318445637409</v>
+      </c>
+      <c r="AK22" s="19">
+        <v>5.6804845006381166E-2</v>
+      </c>
+      <c r="AL22" s="21">
+        <v>14.258747503718579</v>
+      </c>
+      <c r="AM22" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN22" s="21">
+        <v>14.258747503718579</v>
+      </c>
+      <c r="AO22" s="51">
+        <v>0.1150000000000001</v>
+      </c>
+      <c r="AP22" s="54">
+        <v>16.111579100246985</v>
+      </c>
+    </row>
+    <row r="23" spans="2:42" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="C12" s="9">
-[...91 lines deleted...]
-      <c r="B13" s="8" t="s">
+      <c r="C23" s="23">
+        <v>366846</v>
+      </c>
+      <c r="D23" s="23">
+        <v>1779.0026332575524</v>
+      </c>
+      <c r="E23" s="24">
+        <v>94.580732922680895</v>
+      </c>
+      <c r="F23" s="24">
+        <v>14.021614410406547</v>
+      </c>
+      <c r="G23" s="25">
+        <v>5.5263429064782432E-3</v>
+      </c>
+      <c r="H23" s="26">
+        <v>1788.8340118404619</v>
+      </c>
+      <c r="I23" s="24">
+        <v>94.580732922680852</v>
+      </c>
+      <c r="J23" s="27">
+        <v>14.09910265974087</v>
+      </c>
+      <c r="K23" s="25">
+        <v>0</v>
+      </c>
+      <c r="L23" s="26">
+        <v>1788.8340118404619</v>
+      </c>
+      <c r="M23" s="24">
+        <v>94.580732922680852</v>
+      </c>
+      <c r="N23" s="27">
+        <v>14.09910265974087</v>
+      </c>
+      <c r="O23" s="55">
+        <v>3.6691724481655363E-2</v>
+      </c>
+      <c r="P23" s="56">
+        <v>1788.8340118404619</v>
+      </c>
+      <c r="Q23" s="57">
+        <v>98.051063116352879</v>
+      </c>
+      <c r="R23" s="58">
+        <v>14.616423049970656</v>
+      </c>
+      <c r="S23" s="55">
+        <v>0</v>
+      </c>
+      <c r="T23" s="56">
+        <v>1788.8340118404619</v>
+      </c>
+      <c r="U23" s="57">
+        <v>98.051063116352879</v>
+      </c>
+      <c r="V23" s="58">
+        <v>14.616423049970656</v>
+      </c>
+      <c r="W23" s="55">
+        <v>8.0653235879063034E-2</v>
+      </c>
+      <c r="X23" s="56">
+        <v>1788.8340118404612</v>
+      </c>
+      <c r="Y23" s="57">
+        <v>105.95919863806903</v>
+      </c>
+      <c r="Z23" s="58">
+        <v>15.795284865928114</v>
+      </c>
+      <c r="AA23" s="55">
+        <v>2.3173513952403635E-2</v>
+      </c>
+      <c r="AB23" s="56">
+        <v>1788.8340118404619</v>
+      </c>
+      <c r="AC23" s="57">
+        <v>108.4146456060938</v>
+      </c>
+      <c r="AD23" s="58">
+        <v>16.161317120150891</v>
+      </c>
+      <c r="AE23" s="25">
+        <v>5.5753413802107188E-2</v>
+      </c>
+      <c r="AF23" s="25">
+        <v>1.4482977861618895E-2</v>
+      </c>
+      <c r="AG23" s="25">
+        <v>7.1043867121531656E-2</v>
+      </c>
+      <c r="AH23" s="26">
+        <v>1993.8617064429577</v>
+      </c>
+      <c r="AI23" s="24">
+        <v>111.5777201230987</v>
+      </c>
+      <c r="AJ23" s="27">
+        <v>18.539211953804692</v>
+      </c>
+      <c r="AK23" s="25">
+        <v>3.1973357877031594E-2</v>
+      </c>
+      <c r="AL23" s="27">
+        <v>19.13197281236183</v>
+      </c>
+      <c r="AM23" s="25">
+        <v>0</v>
+      </c>
+      <c r="AN23" s="27">
+        <v>19.13197281236183</v>
+      </c>
+      <c r="AO23" s="55">
+        <v>0.11500000000000021</v>
+      </c>
+      <c r="AP23" s="58">
+        <v>21.618048375550096</v>
+      </c>
+    </row>
+    <row r="24" spans="2:42" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="9">
-[...1136 lines deleted...]
-      <c r="AK24" s="20"/>
+      <c r="C24" s="29">
+        <v>4961639</v>
+      </c>
+      <c r="D24" s="29">
+        <v>2625.538053050615</v>
+      </c>
+      <c r="E24" s="30">
+        <v>65.916038333390119</v>
+      </c>
+      <c r="F24" s="30">
+        <v>14.422088912554901</v>
+      </c>
+      <c r="G24" s="31">
+        <v>5.5263429064786873E-3</v>
+      </c>
+      <c r="H24" s="32">
+        <v>2640.04767664578</v>
+      </c>
+      <c r="I24" s="30">
+        <v>65.916038333390162</v>
+      </c>
+      <c r="J24" s="33">
+        <v>14.501790321313404</v>
+      </c>
+      <c r="K24" s="31">
+        <v>-1.0021173865768507E-3</v>
+      </c>
+      <c r="L24" s="32">
+        <v>2640.04767664578</v>
+      </c>
+      <c r="M24" s="30">
+        <v>65.849982725321993</v>
+      </c>
+      <c r="N24" s="33">
+        <v>14.487257825095924</v>
+      </c>
+      <c r="O24" s="59">
+        <v>3.9430302536993533E-2</v>
+      </c>
+      <c r="P24" s="60">
+        <v>2640.04767664578</v>
+      </c>
+      <c r="Q24" s="61">
+        <v>68.446467466237252</v>
+      </c>
+      <c r="R24" s="62">
+        <v>15.058494784070884</v>
+      </c>
+      <c r="S24" s="59">
+        <v>-1.1818728157716007E-2</v>
+      </c>
+      <c r="T24" s="60">
+        <v>2639.3869539975867</v>
+      </c>
+      <c r="U24" s="61">
+        <v>67.654449099472998</v>
+      </c>
+      <c r="V24" s="62">
+        <v>14.880522527753566</v>
+      </c>
+      <c r="W24" s="59">
+        <v>7.8079902017012426E-2</v>
+      </c>
+      <c r="X24" s="60">
+        <v>2639.3869539975863</v>
+      </c>
+      <c r="Y24" s="61">
+        <v>72.936901856174813</v>
+      </c>
+      <c r="Z24" s="62">
+        <v>16.042392268682512</v>
+      </c>
+      <c r="AA24" s="59">
+        <v>2.0670979004914658E-2</v>
+      </c>
+      <c r="AB24" s="60">
+        <v>2639.3869539975867</v>
+      </c>
+      <c r="AC24" s="61">
+        <v>74.444579023127318</v>
+      </c>
+      <c r="AD24" s="62">
+        <v>16.374004222457053</v>
+      </c>
+      <c r="AE24" s="31">
+        <v>3.1617805973465973E-2</v>
+      </c>
+      <c r="AF24" s="31">
+        <v>1.6006744050689248E-2</v>
+      </c>
+      <c r="AG24" s="31">
+        <v>4.813064815181689E-2</v>
+      </c>
+      <c r="AH24" s="32">
+        <v>2808.9287604731585</v>
+      </c>
+      <c r="AI24" s="30">
+        <v>76.846883549368641</v>
+      </c>
+      <c r="AJ24" s="33">
+        <v>17.988118446212766</v>
+      </c>
+      <c r="AK24" s="31">
+        <v>2.8992436795634235E-2</v>
+      </c>
+      <c r="AL24" s="33">
+        <v>18.509637833336974</v>
+      </c>
+      <c r="AM24" s="31">
+        <v>2.1852378197710909E-3</v>
+      </c>
+      <c r="AN24" s="33">
+        <v>18.550085793960648</v>
+      </c>
+      <c r="AO24" s="59">
+        <v>0.1150000000000001</v>
+      </c>
+      <c r="AP24" s="62">
+        <v>20.960548919729547</v>
+      </c>
+    </row>
+    <row r="25" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="AP25" s="34"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup fitToWidth="0" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup scale="80" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;14IA HHS&amp;R&amp;14Draft and Confidential</oddHeader>
-    <oddFooter>&amp;L&amp;14&amp;F | &amp;A&amp;R&amp;14&amp;G</oddFooter>
+    <oddHeader>&amp;LIA HHS&amp;RDraft and Confidential</oddHeader>
+    <oddFooter>&amp;L&amp;F | &amp;A&amp;R&amp;G</oddFooter>
   </headerFooter>
   <colBreaks count="3" manualBreakCount="3">
-    <brk id="10" min="1" max="23" man="1"/>
-[...1 lines deleted...]
-    <brk id="28" min="1" max="23" man="1"/>
+    <brk id="14" max="1048575" man="1"/>
+    <brk id="26" max="1048575" man="1"/>
+    <brk id="38" max="1048575" man="1"/>
   </colBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9271D1B3-841B-4796-9429-2ACA10B42678}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C84AE0DF-6DF8-4E12-ADED-6FA5258CE01E}">
   <sheetPr>
-    <tabColor theme="4" tint="-0.249977111117893"/>
-    <pageSetUpPr fitToPage="1"/>
+    <tabColor theme="4" tint="-0.499984740745262"/>
   </sheetPr>
-  <dimension ref="B2:AK24"/>
+  <dimension ref="B2:AP26"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="33" max="33" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.69921875" customWidth="1"/>
+    <col min="2" max="2" width="27.8984375" customWidth="1"/>
+    <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.59765625" bestFit="1" customWidth="1"/>
+    <col min="5" max="10" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="11" max="14" width="9.296875" customWidth="1"/>
+    <col min="15" max="18" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="19" max="30" width="9.296875" customWidth="1"/>
+    <col min="31" max="31" width="10.3984375" customWidth="1"/>
+    <col min="32" max="32" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="11.296875" customWidth="1"/>
+    <col min="34" max="36" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="12.59765625" customWidth="1"/>
+    <col min="38" max="38" width="12.8984375" customWidth="1"/>
+    <col min="39" max="40" width="15.8984375" customWidth="1"/>
+    <col min="41" max="42" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:32" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:42" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B2" s="1" t="s">
-        <v>41</v>
-[...10 lines deleted...]
-    <row r="5" spans="2:32" x14ac:dyDescent="0.35">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="2:42" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B3" s="46" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B4" s="2"/>
+    </row>
+    <row r="5" spans="2:42" x14ac:dyDescent="0.3">
       <c r="C5" s="3" t="s">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="4"/>
       <c r="G5" s="5" t="s">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="4"/>
-      <c r="K5" s="5" t="s">
-[...4 lines deleted...]
-      <c r="N5" s="4"/>
+      <c r="K5" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
       <c r="O5" s="5" t="s">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="4"/>
       <c r="S5" s="5" t="s">
-        <v>6</v>
-[...3 lines deleted...]
-      <c r="V5" s="4"/>
+        <v>51</v>
+      </c>
+      <c r="T5" s="6"/>
+      <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
       <c r="W5" s="5" t="s">
-        <v>7</v>
-[...8 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
       <c r="AD5" s="4"/>
       <c r="AE5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3"/>
+      <c r="AH5" s="3"/>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="4"/>
+      <c r="AK5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL5" s="4"/>
+      <c r="AM5" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="AN5" s="6"/>
+      <c r="AO5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="AP5" s="3"/>
+    </row>
+    <row r="6" spans="2:42" ht="26" x14ac:dyDescent="0.3">
+      <c r="B6" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="H6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="I6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="J6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="L6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="M6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="N6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="O6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="P6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="R6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="S6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="T6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="U6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="V6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="W6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="X6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="Y6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AA6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="AB6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="AC6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AE6" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="AF6" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="AG6" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="AF5" s="3"/>
-[...2 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="AH6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="AI6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AK6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="AL6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AM6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="AN6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AO6" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C6" s="7" t="s">
+      <c r="AP6" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="7" t="s">
+    </row>
+    <row r="7" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B7" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="E6" s="7" t="s">
+      <c r="C7" s="11">
+        <v>187140</v>
+      </c>
+      <c r="D7" s="11">
+        <v>1002.1801859570375</v>
+      </c>
+      <c r="E7" s="12">
+        <v>41.279989122784563</v>
+      </c>
+      <c r="F7" s="12">
+        <v>3.4474989312813928</v>
+      </c>
+      <c r="G7" s="13">
+        <v>5.0832461492109626E-3</v>
+      </c>
+      <c r="H7" s="14">
+        <v>1007.2745145281187</v>
+      </c>
+      <c r="I7" s="12">
+        <v>41.279989122784578</v>
+      </c>
+      <c r="J7" s="15">
+        <v>3.4650234169482377</v>
+      </c>
+      <c r="K7" s="13">
+        <v>0</v>
+      </c>
+      <c r="L7" s="14">
+        <v>1007.2745145281187</v>
+      </c>
+      <c r="M7" s="12">
+        <v>41.279989122784578</v>
+      </c>
+      <c r="N7" s="15">
+        <v>3.4650234169482377</v>
+      </c>
+      <c r="O7" s="47">
+        <v>0.12270397693980395</v>
+      </c>
+      <c r="P7" s="48">
+        <v>1007.2745145281187</v>
+      </c>
+      <c r="Q7" s="49">
+        <v>46.345207956182087</v>
+      </c>
+      <c r="R7" s="50">
+        <v>3.890195570397335</v>
+      </c>
+      <c r="S7" s="47">
+        <v>0</v>
+      </c>
+      <c r="T7" s="48">
+        <v>1007.2745145281187</v>
+      </c>
+      <c r="U7" s="49">
+        <v>46.345207956182087</v>
+      </c>
+      <c r="V7" s="50">
+        <v>3.890195570397335</v>
+      </c>
+      <c r="W7" s="47">
+        <v>6.0711127139291721E-2</v>
+      </c>
+      <c r="X7" s="48">
+        <v>1007.2745145281187</v>
+      </c>
+      <c r="Y7" s="49">
+        <v>49.158877768706766</v>
+      </c>
+      <c r="Z7" s="50">
+        <v>4.1263737282684367</v>
+      </c>
+      <c r="AA7" s="47">
+        <v>2.1580832138101691E-3</v>
+      </c>
+      <c r="AB7" s="48">
+        <v>1007.2745145281187</v>
+      </c>
+      <c r="AC7" s="49">
+        <v>49.264966717629157</v>
+      </c>
+      <c r="AD7" s="50">
+        <v>4.13527878614532</v>
+      </c>
+      <c r="AE7" s="13">
+        <v>3.6309532144579659E-2</v>
+      </c>
+      <c r="AF7" s="13">
+        <v>3.4677914027886558E-2</v>
+      </c>
+      <c r="AG7" s="13">
+        <v>7.2246585006568775E-2</v>
+      </c>
+      <c r="AH7" s="14">
+        <v>1081.7498199699451</v>
+      </c>
+      <c r="AI7" s="12">
+        <v>52.741023244587545</v>
+      </c>
+      <c r="AJ7" s="15">
+        <v>4.7543826999886054</v>
+      </c>
+      <c r="AK7" s="13">
+        <v>0</v>
+      </c>
+      <c r="AL7" s="15">
+        <v>4.7543826999886054</v>
+      </c>
+      <c r="AM7" s="13">
+        <v>0</v>
+      </c>
+      <c r="AN7" s="15">
+        <v>4.7543826999886054</v>
+      </c>
+      <c r="AO7" s="63">
+        <v>0.12249999999999994</v>
+      </c>
+      <c r="AP7" s="50">
+        <v>5.4180999430069576</v>
+      </c>
+    </row>
+    <row r="8" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B8" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="F6" s="7" t="s">
+      <c r="C8" s="17">
+        <v>285846</v>
+      </c>
+      <c r="D8" s="17">
+        <v>3287.2525765622049</v>
+      </c>
+      <c r="E8" s="18">
+        <v>49.666385369840619</v>
+      </c>
+      <c r="F8" s="18">
+        <v>13.605496106294998</v>
+      </c>
+      <c r="G8" s="19">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H8" s="20">
+        <v>3303.9624905634978</v>
+      </c>
+      <c r="I8" s="18">
+        <v>49.666385369840611</v>
+      </c>
+      <c r="J8" s="21">
+        <v>13.674656191985422</v>
+      </c>
+      <c r="K8" s="19">
+        <v>0</v>
+      </c>
+      <c r="L8" s="20">
+        <v>3303.9624905634978</v>
+      </c>
+      <c r="M8" s="18">
+        <v>49.666385369840611</v>
+      </c>
+      <c r="N8" s="21">
+        <v>13.674656191985422</v>
+      </c>
+      <c r="O8" s="51">
+        <v>6.9594838478305165E-2</v>
+      </c>
+      <c r="P8" s="52">
+        <v>3303.9624905634978</v>
+      </c>
+      <c r="Q8" s="53">
+        <v>53.122909437455924</v>
+      </c>
+      <c r="R8" s="54">
+        <v>14.626341680913002</v>
+      </c>
+      <c r="S8" s="51">
+        <v>0</v>
+      </c>
+      <c r="T8" s="52">
+        <v>3303.9624905634978</v>
+      </c>
+      <c r="U8" s="53">
+        <v>53.122909437455924</v>
+      </c>
+      <c r="V8" s="54">
+        <v>14.626341680913002</v>
+      </c>
+      <c r="W8" s="51">
+        <v>8.2873020964610911E-2</v>
+      </c>
+      <c r="X8" s="52">
+        <v>3303.9624905634978</v>
+      </c>
+      <c r="Y8" s="53">
+        <v>57.52536542496734</v>
+      </c>
+      <c r="Z8" s="54">
+        <v>15.838470801670869</v>
+      </c>
+      <c r="AA8" s="51">
+        <v>8.8287051141560102E-3</v>
+      </c>
+      <c r="AB8" s="52">
+        <v>3303.9624905634978</v>
+      </c>
+      <c r="AC8" s="53">
+        <v>58.033239912888448</v>
+      </c>
+      <c r="AD8" s="54">
+        <v>15.978303989837991</v>
+      </c>
+      <c r="AE8" s="19">
+        <v>3.659317228720349E-2</v>
+      </c>
+      <c r="AF8" s="19">
+        <v>2.2747700258477721E-2</v>
+      </c>
+      <c r="AG8" s="19">
+        <v>6.0173283060377392E-2</v>
+      </c>
+      <c r="AH8" s="20">
+        <v>3550.1916327239651</v>
+      </c>
+      <c r="AI8" s="18">
+        <v>60.703515162565168</v>
+      </c>
+      <c r="AJ8" s="21">
+        <v>17.959092633922602</v>
+      </c>
+      <c r="AK8" s="19">
+        <v>3.3784659117194193E-2</v>
+      </c>
+      <c r="AL8" s="21">
+        <v>18.565834456613789</v>
+      </c>
+      <c r="AM8" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN8" s="21">
+        <v>18.565834456613789</v>
+      </c>
+      <c r="AO8" s="64">
+        <v>0.12250000000000005</v>
+      </c>
+      <c r="AP8" s="54">
+        <v>21.157646104403181</v>
+      </c>
+    </row>
+    <row r="9" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B9" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="G6" s="7" t="s">
+      <c r="C9" s="17">
+        <v>797698</v>
+      </c>
+      <c r="D9" s="17">
+        <v>3008.8379311468752</v>
+      </c>
+      <c r="E9" s="18">
+        <v>61.377030628162316</v>
+      </c>
+      <c r="F9" s="18">
+        <v>15.389461487931523</v>
+      </c>
+      <c r="G9" s="19">
+        <v>5.0832461492102965E-3</v>
+      </c>
+      <c r="H9" s="20">
+        <v>3024.1325949739767</v>
+      </c>
+      <c r="I9" s="18">
+        <v>61.377030628162288</v>
+      </c>
+      <c r="J9" s="21">
+        <v>15.467689908778473</v>
+      </c>
+      <c r="K9" s="19">
+        <v>0</v>
+      </c>
+      <c r="L9" s="20">
+        <v>3024.1325949739767</v>
+      </c>
+      <c r="M9" s="18">
+        <v>61.377030628162288</v>
+      </c>
+      <c r="N9" s="21">
+        <v>15.467689908778473</v>
+      </c>
+      <c r="O9" s="51">
+        <v>6.9967595390716175E-2</v>
+      </c>
+      <c r="P9" s="52">
+        <v>3024.1325949739767</v>
+      </c>
+      <c r="Q9" s="53">
+        <v>65.671433873437138</v>
+      </c>
+      <c r="R9" s="54">
+        <v>16.549926977944949</v>
+      </c>
+      <c r="S9" s="51">
+        <v>-9.3254601471757237E-3</v>
+      </c>
+      <c r="T9" s="52">
+        <v>3023.6166333076585</v>
+      </c>
+      <c r="U9" s="53">
+        <v>65.070119457059519</v>
+      </c>
+      <c r="V9" s="54">
+        <v>16.395591293473455</v>
+      </c>
+      <c r="W9" s="51">
+        <v>6.9039920226753981E-2</v>
+      </c>
+      <c r="X9" s="52">
+        <v>3023.616633307659</v>
+      </c>
+      <c r="Y9" s="53">
+        <v>69.562555313520249</v>
+      </c>
+      <c r="Z9" s="54">
+        <v>17.527541608445325</v>
+      </c>
+      <c r="AA9" s="51">
+        <v>2.6694260486877397E-2</v>
+      </c>
+      <c r="AB9" s="52">
+        <v>3023.6166333076585</v>
+      </c>
+      <c r="AC9" s="53">
+        <v>71.419476285192189</v>
+      </c>
+      <c r="AD9" s="54">
+        <v>17.995426369835748</v>
+      </c>
+      <c r="AE9" s="19">
+        <v>3.9328567783610824E-2</v>
+      </c>
+      <c r="AF9" s="19">
+        <v>2.5496403041333826E-2</v>
+      </c>
+      <c r="AG9" s="19">
+        <v>6.5827707840194094E-2</v>
+      </c>
+      <c r="AH9" s="20">
+        <v>3266.122394171472</v>
+      </c>
+      <c r="AI9" s="18">
+        <v>75.107783203769031</v>
+      </c>
+      <c r="AJ9" s="21">
+        <v>20.442601058200498</v>
+      </c>
+      <c r="AK9" s="19">
+        <v>3.1718944090178169E-2</v>
+      </c>
+      <c r="AL9" s="21">
+        <v>21.091018778223379</v>
+      </c>
+      <c r="AM9" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN9" s="21">
+        <v>21.091018778223379</v>
+      </c>
+      <c r="AO9" s="64">
+        <v>0.12250000000000016</v>
+      </c>
+      <c r="AP9" s="54">
+        <v>24.035349035012402</v>
+      </c>
+    </row>
+    <row r="10" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B10" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="H6" s="7" t="s">
-[...8 lines deleted...]
-      <c r="K6" s="7" t="s">
+      <c r="C10" s="17">
+        <v>137048</v>
+      </c>
+      <c r="D10" s="17">
+        <v>1481.524721265542</v>
+      </c>
+      <c r="E10" s="18">
+        <v>104.80842316784869</v>
+      </c>
+      <c r="F10" s="18">
+        <v>12.939689160002333</v>
+      </c>
+      <c r="G10" s="19">
+        <v>5.0832461492107406E-3</v>
+      </c>
+      <c r="H10" s="20">
+        <v>1489.0556760998752</v>
+      </c>
+      <c r="I10" s="18">
+        <v>104.80842316784872</v>
+      </c>
+      <c r="J10" s="21">
+        <v>13.005464785096899</v>
+      </c>
+      <c r="K10" s="19">
+        <v>-4.1102509157054934E-3</v>
+      </c>
+      <c r="L10" s="20">
+        <v>1489.0556760998752</v>
+      </c>
+      <c r="M10" s="18">
+        <v>104.37763425054942</v>
+      </c>
+      <c r="N10" s="21">
+        <v>12.952009061554779</v>
+      </c>
+      <c r="O10" s="51">
+        <v>4.3784193337889965E-2</v>
+      </c>
+      <c r="P10" s="52">
+        <v>1489.0556760998752</v>
+      </c>
+      <c r="Q10" s="53">
+        <v>108.94772476872704</v>
+      </c>
+      <c r="R10" s="54">
+        <v>13.519102330419997</v>
+      </c>
+      <c r="S10" s="51">
+        <v>0</v>
+      </c>
+      <c r="T10" s="52">
+        <v>1489.0556760998752</v>
+      </c>
+      <c r="U10" s="53">
+        <v>108.94772476872704</v>
+      </c>
+      <c r="V10" s="54">
+        <v>13.519102330419997</v>
+      </c>
+      <c r="W10" s="51">
+        <v>5.1405746913434136E-2</v>
+      </c>
+      <c r="X10" s="52">
+        <v>1489.0556760998752</v>
+      </c>
+      <c r="Y10" s="53">
+        <v>114.54826393498271</v>
+      </c>
+      <c r="Z10" s="54">
+        <v>14.214061883314386</v>
+      </c>
+      <c r="AA10" s="51">
+        <v>3.1164873562110174E-2</v>
+      </c>
+      <c r="AB10" s="52">
+        <v>1489.0556760998752</v>
+      </c>
+      <c r="AC10" s="53">
+        <v>118.11814609727567</v>
+      </c>
+      <c r="AD10" s="54">
+        <v>14.657041324711887</v>
+      </c>
+      <c r="AE10" s="19">
+        <v>4.3558135916645924E-2</v>
+      </c>
+      <c r="AF10" s="19">
+        <v>1.7888418894467906E-2</v>
+      </c>
+      <c r="AG10" s="19">
+        <v>6.2225740992652989E-2</v>
+      </c>
+      <c r="AH10" s="20">
+        <v>1621.6018571723359</v>
+      </c>
+      <c r="AI10" s="18">
+        <v>122.38183712895498</v>
+      </c>
+      <c r="AJ10" s="21">
+        <v>16.537884531039644</v>
+      </c>
+      <c r="AK10" s="19">
+        <v>0</v>
+      </c>
+      <c r="AL10" s="21">
+        <v>16.537884531039644</v>
+      </c>
+      <c r="AM10" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN10" s="21">
+        <v>16.537884531039644</v>
+      </c>
+      <c r="AO10" s="64">
+        <v>0.12250000000000005</v>
+      </c>
+      <c r="AP10" s="54">
+        <v>18.846592058164838</v>
+      </c>
+    </row>
+    <row r="11" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B11" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="L6" s="7" t="s">
-[...32 lines deleted...]
-      <c r="W6" s="7" t="s">
+      <c r="C11" s="17">
+        <v>126193</v>
+      </c>
+      <c r="D11" s="17">
+        <v>534.13422297591785</v>
+      </c>
+      <c r="E11" s="18">
+        <v>111.31343243724407</v>
+      </c>
+      <c r="F11" s="18">
+        <v>4.9546928118041409</v>
+      </c>
+      <c r="G11" s="19">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H11" s="20">
+        <v>536.84935870802167</v>
+      </c>
+      <c r="I11" s="18">
+        <v>111.31343243724409</v>
+      </c>
+      <c r="J11" s="21">
+        <v>4.9798787349602653</v>
+      </c>
+      <c r="K11" s="19">
+        <v>0</v>
+      </c>
+      <c r="L11" s="20">
+        <v>536.84935870802167</v>
+      </c>
+      <c r="M11" s="18">
+        <v>111.31343243724409</v>
+      </c>
+      <c r="N11" s="21">
+        <v>4.9798787349602653</v>
+      </c>
+      <c r="O11" s="51">
+        <v>3.918124617925689E-2</v>
+      </c>
+      <c r="P11" s="52">
+        <v>536.84935870802167</v>
+      </c>
+      <c r="Q11" s="53">
+        <v>115.67483143662582</v>
+      </c>
+      <c r="R11" s="54">
+        <v>5.1749965896175896</v>
+      </c>
+      <c r="S11" s="51">
+        <v>0</v>
+      </c>
+      <c r="T11" s="52">
+        <v>536.84935870802167</v>
+      </c>
+      <c r="U11" s="53">
+        <v>115.67483143662582</v>
+      </c>
+      <c r="V11" s="54">
+        <v>5.1749965896175896</v>
+      </c>
+      <c r="W11" s="51">
+        <v>6.1262139877723998E-2</v>
+      </c>
+      <c r="X11" s="52">
+        <v>536.84935870802178</v>
+      </c>
+      <c r="Y11" s="53">
+        <v>122.76131914042848</v>
+      </c>
+      <c r="Z11" s="54">
+        <v>5.4920279545574866</v>
+      </c>
+      <c r="AA11" s="51">
+        <v>3.3903960429515934E-2</v>
+      </c>
+      <c r="AB11" s="52">
+        <v>536.84935870802167</v>
+      </c>
+      <c r="AC11" s="53">
+        <v>126.92341404684079</v>
+      </c>
+      <c r="AD11" s="54">
+        <v>5.6782294530065993</v>
+      </c>
+      <c r="AE11" s="19">
+        <v>2.3020007144871624E-2</v>
+      </c>
+      <c r="AF11" s="19">
+        <v>-2.2422023486425857E-3</v>
+      </c>
+      <c r="AG11" s="19">
+        <v>2.0726189282143093E-2</v>
+      </c>
+      <c r="AH11" s="20">
+        <v>561.8503984578814</v>
+      </c>
+      <c r="AI11" s="18">
+        <v>126.35487619652424</v>
+      </c>
+      <c r="AJ11" s="21">
+        <v>5.9160447948427848</v>
+      </c>
+      <c r="AK11" s="19">
+        <v>0</v>
+      </c>
+      <c r="AL11" s="21">
+        <v>5.9160447948427848</v>
+      </c>
+      <c r="AM11" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN11" s="21">
+        <v>5.9160447948427848</v>
+      </c>
+      <c r="AO11" s="64">
+        <v>0.12250000000000005</v>
+      </c>
+      <c r="AP11" s="54">
+        <v>6.7419313901342282</v>
+      </c>
+    </row>
+    <row r="12" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B12" s="16" t="s">
         <v>17</v>
       </c>
-      <c r="X6" s="7" t="s">
+      <c r="C12" s="17">
+        <v>94096</v>
+      </c>
+      <c r="D12" s="17">
+        <v>1099.3028396531201</v>
+      </c>
+      <c r="E12" s="18">
+        <v>117.22574477958236</v>
+      </c>
+      <c r="F12" s="18">
+        <v>10.738882843053901</v>
+      </c>
+      <c r="G12" s="19">
+        <v>5.0832461492107406E-3</v>
+      </c>
+      <c r="H12" s="20">
+        <v>1104.890866579603</v>
+      </c>
+      <c r="I12" s="18">
+        <v>117.22574477958239</v>
+      </c>
+      <c r="J12" s="21">
+        <v>10.793471227912679</v>
+      </c>
+      <c r="K12" s="19">
+        <v>0</v>
+      </c>
+      <c r="L12" s="20">
+        <v>1104.890866579603</v>
+      </c>
+      <c r="M12" s="18">
+        <v>117.22574477958239</v>
+      </c>
+      <c r="N12" s="21">
+        <v>10.793471227912679</v>
+      </c>
+      <c r="O12" s="51">
+        <v>5.0969423810657499E-2</v>
+      </c>
+      <c r="P12" s="52">
+        <v>1104.890866579603</v>
+      </c>
+      <c r="Q12" s="53">
+        <v>123.2006734467729</v>
+      </c>
+      <c r="R12" s="54">
+        <v>11.343608237316298</v>
+      </c>
+      <c r="S12" s="51">
+        <v>0</v>
+      </c>
+      <c r="T12" s="52">
+        <v>1104.890866579603</v>
+      </c>
+      <c r="U12" s="53">
+        <v>123.2006734467729</v>
+      </c>
+      <c r="V12" s="54">
+        <v>11.343608237316298</v>
+      </c>
+      <c r="W12" s="51">
+        <v>5.0421360819074446E-2</v>
+      </c>
+      <c r="X12" s="52">
+        <v>1104.8908665796032</v>
+      </c>
+      <c r="Y12" s="53">
+        <v>129.41261905578554</v>
+      </c>
+      <c r="Z12" s="54">
+        <v>11.915568401240247</v>
+      </c>
+      <c r="AA12" s="51">
+        <v>2.5367642013457425E-2</v>
+      </c>
+      <c r="AB12" s="52">
+        <v>1104.890866579603</v>
+      </c>
+      <c r="AC12" s="53">
+        <v>132.6955120480167</v>
+      </c>
+      <c r="AD12" s="54">
+        <v>12.217838274829775</v>
+      </c>
+      <c r="AE12" s="19">
+        <v>2.2886311675217152E-2</v>
+      </c>
+      <c r="AF12" s="19">
+        <v>4.5187030615836399E-3</v>
+      </c>
+      <c r="AG12" s="19">
+        <v>2.7508431183435933E-2</v>
+      </c>
+      <c r="AH12" s="20">
+        <v>1156.0433434012421</v>
+      </c>
+      <c r="AI12" s="18">
+        <v>133.89744474796373</v>
+      </c>
+      <c r="AJ12" s="21">
+        <v>12.89927080827659</v>
+      </c>
+      <c r="AK12" s="19">
+        <v>3.7543397458101424E-2</v>
+      </c>
+      <c r="AL12" s="21">
+        <v>13.383553259151403</v>
+      </c>
+      <c r="AM12" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN12" s="21">
+        <v>13.383553259151403</v>
+      </c>
+      <c r="AO12" s="64">
+        <v>0.12250000000000016</v>
+      </c>
+      <c r="AP12" s="54">
+        <v>15.251912546041488</v>
+      </c>
+    </row>
+    <row r="13" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B13" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="Y6" s="7" t="s">
+      <c r="C13" s="17">
+        <v>58140</v>
+      </c>
+      <c r="D13" s="17">
+        <v>689.78328173374609</v>
+      </c>
+      <c r="E13" s="18">
+        <v>80.806083183722308</v>
+      </c>
+      <c r="F13" s="18">
+        <v>4.644890436876504</v>
+      </c>
+      <c r="G13" s="19">
+        <v>5.0832461492107406E-3</v>
+      </c>
+      <c r="H13" s="20">
+        <v>693.28961994440897</v>
+      </c>
+      <c r="I13" s="18">
+        <v>80.806083183722322</v>
+      </c>
+      <c r="J13" s="21">
+        <v>4.6685015583032623</v>
+      </c>
+      <c r="K13" s="19">
+        <v>0</v>
+      </c>
+      <c r="L13" s="20">
+        <v>693.28961994440897</v>
+      </c>
+      <c r="M13" s="18">
+        <v>80.806083183722322</v>
+      </c>
+      <c r="N13" s="21">
+        <v>4.6685015583032623</v>
+      </c>
+      <c r="O13" s="51">
+        <v>6.5612686946178611E-2</v>
+      </c>
+      <c r="P13" s="52">
+        <v>693.28961994440897</v>
+      </c>
+      <c r="Q13" s="53">
+        <v>86.107987423002768</v>
+      </c>
+      <c r="R13" s="54">
+        <v>4.9748144895559614</v>
+      </c>
+      <c r="S13" s="51">
+        <v>0</v>
+      </c>
+      <c r="T13" s="52">
+        <v>693.28961994440897</v>
+      </c>
+      <c r="U13" s="53">
+        <v>86.107987423002768</v>
+      </c>
+      <c r="V13" s="54">
+        <v>4.9748144895559614</v>
+      </c>
+      <c r="W13" s="51">
+        <v>4.7699695623871552E-2</v>
+      </c>
+      <c r="X13" s="52">
+        <v>693.28961994440897</v>
+      </c>
+      <c r="Y13" s="53">
+        <v>90.215312213864166</v>
+      </c>
+      <c r="Z13" s="54">
+        <v>5.212111626493007</v>
+      </c>
+      <c r="AA13" s="51">
+        <v>1.1480555432662243E-2</v>
+      </c>
+      <c r="AB13" s="52">
+        <v>693.28961994440897</v>
+      </c>
+      <c r="AC13" s="53">
+        <v>91.251034106610362</v>
+      </c>
+      <c r="AD13" s="54">
+        <v>5.2719495629421829</v>
+      </c>
+      <c r="AE13" s="19">
+        <v>7.7754359029987175E-2</v>
+      </c>
+      <c r="AF13" s="19">
+        <v>7.7306513017700862E-3</v>
+      </c>
+      <c r="AG13" s="19">
+        <v>8.608610216861079E-2</v>
+      </c>
+      <c r="AH13" s="20">
+        <v>805.2936490145122</v>
+      </c>
+      <c r="AI13" s="18">
+        <v>92.667347390591317</v>
+      </c>
+      <c r="AJ13" s="21">
+        <v>6.2187021937220592</v>
+      </c>
+      <c r="AK13" s="19">
+        <v>3.5115903774186163E-2</v>
+      </c>
+      <c r="AL13" s="21">
+        <v>6.437077541557124</v>
+      </c>
+      <c r="AM13" s="19">
+        <v>0.27144340921255283</v>
+      </c>
+      <c r="AN13" s="21">
+        <v>8.1843798148029485</v>
+      </c>
+      <c r="AO13" s="64">
+        <v>0.12250000000000016</v>
+      </c>
+      <c r="AP13" s="54">
+        <v>9.3269285638780062</v>
+      </c>
+    </row>
+    <row r="14" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B14" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="Z6" s="7" t="s">
-[...8 lines deleted...]
-      <c r="AC6" s="7" t="s">
+      <c r="C14" s="17">
+        <v>150858</v>
+      </c>
+      <c r="D14" s="17">
+        <v>1137.0162669530287</v>
+      </c>
+      <c r="E14" s="18">
+        <v>111.99380719182875</v>
+      </c>
+      <c r="F14" s="18">
+        <v>10.611565047925865</v>
+      </c>
+      <c r="G14" s="19">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H14" s="20">
+        <v>1142.7960005136076</v>
+      </c>
+      <c r="I14" s="18">
+        <v>111.99380719182874</v>
+      </c>
+      <c r="J14" s="21">
+        <v>10.665506245092832</v>
+      </c>
+      <c r="K14" s="19">
+        <v>-5.7632895556182229E-3</v>
+      </c>
+      <c r="L14" s="20">
+        <v>1142.7960005136076</v>
+      </c>
+      <c r="M14" s="18">
+        <v>111.34835445254615</v>
+      </c>
+      <c r="N14" s="21">
+        <v>10.604037844345108</v>
+      </c>
+      <c r="O14" s="51">
+        <v>6.4578819350884054E-2</v>
+      </c>
+      <c r="P14" s="52">
+        <v>1142.7960005136076</v>
+      </c>
+      <c r="Q14" s="53">
+        <v>118.53909971975533</v>
+      </c>
+      <c r="R14" s="54">
+        <v>11.288834088685009</v>
+      </c>
+      <c r="S14" s="51">
+        <v>-3.8621794699100764E-4</v>
+      </c>
+      <c r="T14" s="52">
+        <v>1142.7810100105924</v>
+      </c>
+      <c r="U14" s="53">
+        <v>118.49487213570089</v>
+      </c>
+      <c r="V14" s="54">
+        <v>11.284474138359355</v>
+      </c>
+      <c r="W14" s="51">
+        <v>3.8344454604200662E-2</v>
+      </c>
+      <c r="X14" s="52">
+        <v>1142.7810100105926</v>
+      </c>
+      <c r="Y14" s="53">
+        <v>123.03849338113882</v>
+      </c>
+      <c r="Z14" s="54">
+        <v>11.717171144689951</v>
+      </c>
+      <c r="AA14" s="51">
+        <v>1.7840161059856641E-2</v>
+      </c>
+      <c r="AB14" s="52">
+        <v>1142.7810100105924</v>
+      </c>
+      <c r="AC14" s="53">
+        <v>125.23351991962045</v>
+      </c>
+      <c r="AD14" s="54">
+        <v>11.926207365077126</v>
+      </c>
+      <c r="AE14" s="19">
+        <v>7.9834813451090669E-2</v>
+      </c>
+      <c r="AF14" s="19">
+        <v>7.7312734887615697E-3</v>
+      </c>
+      <c r="AG14" s="19">
+        <v>8.8183311716566903E-2</v>
+      </c>
+      <c r="AH14" s="20">
+        <v>1332.5320536283605</v>
+      </c>
+      <c r="AI14" s="18">
+        <v>127.17743463634825</v>
+      </c>
+      <c r="AJ14" s="21">
+        <v>14.122334012596642</v>
+      </c>
+      <c r="AK14" s="19">
+        <v>5.9871035333308731E-2</v>
+      </c>
+      <c r="AL14" s="21">
+        <v>14.967852771253604</v>
+      </c>
+      <c r="AM14" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN14" s="21">
+        <v>14.967852771253604</v>
+      </c>
+      <c r="AO14" s="64">
+        <v>0.12250000000000028</v>
+      </c>
+      <c r="AP14" s="54">
+        <v>17.057382075502687</v>
+      </c>
+    </row>
+    <row r="15" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B15" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="AD6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AE6" s="7" t="s">
+      <c r="C15" s="17">
+        <v>45347</v>
+      </c>
+      <c r="D15" s="17">
+        <v>654.68498467373809</v>
+      </c>
+      <c r="E15" s="18">
+        <v>120.91879951495552</v>
+      </c>
+      <c r="F15" s="18">
+        <v>6.5969768672679558</v>
+      </c>
+      <c r="G15" s="19">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H15" s="20">
+        <v>658.01290960102676</v>
+      </c>
+      <c r="I15" s="18">
+        <v>120.91879951495552</v>
+      </c>
+      <c r="J15" s="21">
+        <v>6.6305109245249261</v>
+      </c>
+      <c r="K15" s="19">
+        <v>-4.9788179252092668E-3</v>
+      </c>
+      <c r="L15" s="20">
+        <v>658.01290960102676</v>
+      </c>
+      <c r="M15" s="18">
+        <v>120.31676682843568</v>
+      </c>
+      <c r="N15" s="21">
+        <v>6.5974988178806058</v>
+      </c>
+      <c r="O15" s="51">
+        <v>7.0747246934864227E-2</v>
+      </c>
+      <c r="P15" s="52">
+        <v>658.01290960102676</v>
+      </c>
+      <c r="Q15" s="53">
+        <v>128.82884684165151</v>
+      </c>
+      <c r="R15" s="54">
+        <v>7.0642536959016793</v>
+      </c>
+      <c r="S15" s="51">
+        <v>0</v>
+      </c>
+      <c r="T15" s="52">
+        <v>658.01290960102676</v>
+      </c>
+      <c r="U15" s="53">
+        <v>128.82884684165151</v>
+      </c>
+      <c r="V15" s="54">
+        <v>7.0642536959016793</v>
+      </c>
+      <c r="W15" s="51">
+        <v>3.1100883442966465E-2</v>
+      </c>
+      <c r="X15" s="52">
+        <v>658.01290960102688</v>
+      </c>
+      <c r="Y15" s="53">
+        <v>132.83553779136545</v>
+      </c>
+      <c r="Z15" s="54">
+        <v>7.283958226709462</v>
+      </c>
+      <c r="AA15" s="51">
+        <v>2.1899458295050467E-2</v>
+      </c>
+      <c r="AB15" s="52">
+        <v>658.01290960102676</v>
+      </c>
+      <c r="AC15" s="53">
+        <v>135.74456411132809</v>
+      </c>
+      <c r="AD15" s="54">
+        <v>7.4434729661181764</v>
+      </c>
+      <c r="AE15" s="19">
+        <v>8.1604853079596529E-2</v>
+      </c>
+      <c r="AF15" s="19">
+        <v>8.4513436765571992E-3</v>
+      </c>
+      <c r="AG15" s="19">
+        <v>9.0745867415204406E-2</v>
+      </c>
+      <c r="AH15" s="20">
+        <v>769.78894284190574</v>
+      </c>
+      <c r="AI15" s="18">
+        <v>138.04870762237641</v>
+      </c>
+      <c r="AJ15" s="21">
+        <v>8.8556973917767063</v>
+      </c>
+      <c r="AK15" s="19">
+        <v>0.11779123138525649</v>
+      </c>
+      <c r="AL15" s="21">
+        <v>9.8988208923292884</v>
+      </c>
+      <c r="AM15" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN15" s="21">
+        <v>9.8988208923292884</v>
+      </c>
+      <c r="AO15" s="64">
+        <v>0.12250000000000016</v>
+      </c>
+      <c r="AP15" s="54">
+        <v>11.280707569606029</v>
+      </c>
+    </row>
+    <row r="16" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B16" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="AF6" s="7" t="s">
+      <c r="C16" s="17">
+        <v>84220</v>
+      </c>
+      <c r="D16" s="17">
+        <v>1128.0455948705771</v>
+      </c>
+      <c r="E16" s="18">
+        <v>115.71382973348487</v>
+      </c>
+      <c r="F16" s="18">
+        <v>10.877539658038469</v>
+      </c>
+      <c r="G16" s="19">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H16" s="20">
+        <v>1133.7797282968368</v>
+      </c>
+      <c r="I16" s="18">
+        <v>115.71382973348487</v>
+      </c>
+      <c r="J16" s="21">
+        <v>10.932832869618077</v>
+      </c>
+      <c r="K16" s="19">
+        <v>-6.6987908566611409E-3</v>
+      </c>
+      <c r="L16" s="20">
+        <v>1133.7797282968368</v>
+      </c>
+      <c r="M16" s="18">
+        <v>114.93868698887697</v>
+      </c>
+      <c r="N16" s="21">
+        <v>10.859596108753674</v>
+      </c>
+      <c r="O16" s="51">
+        <v>5.7914633117134073E-2</v>
+      </c>
+      <c r="P16" s="52">
+        <v>1133.7797282968368</v>
+      </c>
+      <c r="Q16" s="53">
+        <v>121.59531887680289</v>
+      </c>
+      <c r="R16" s="54">
+        <v>11.488525633192401</v>
+      </c>
+      <c r="S16" s="51">
+        <v>0</v>
+      </c>
+      <c r="T16" s="52">
+        <v>1133.7797282968368</v>
+      </c>
+      <c r="U16" s="53">
+        <v>121.59531887680289</v>
+      </c>
+      <c r="V16" s="54">
+        <v>11.488525633192401</v>
+      </c>
+      <c r="W16" s="51">
+        <v>5.3927107517540929E-2</v>
+      </c>
+      <c r="X16" s="52">
+        <v>1133.7797282968368</v>
+      </c>
+      <c r="Y16" s="53">
+        <v>128.15260271150194</v>
+      </c>
+      <c r="Z16" s="54">
+        <v>12.108068590231593</v>
+      </c>
+      <c r="AA16" s="51">
+        <v>1.6692891181882441E-2</v>
+      </c>
+      <c r="AB16" s="52">
+        <v>1133.7797282968368</v>
+      </c>
+      <c r="AC16" s="53">
+        <v>130.29184016324004</v>
+      </c>
+      <c r="AD16" s="54">
+        <v>12.310187261631098</v>
+      </c>
+      <c r="AE16" s="19">
+        <v>7.8571715070306913E-2</v>
+      </c>
+      <c r="AF16" s="19">
+        <v>4.2522751643696566E-3</v>
+      </c>
+      <c r="AG16" s="19">
+        <v>8.3158098787291967E-2</v>
+      </c>
+      <c r="AH16" s="20">
+        <v>1318.9451693146689</v>
+      </c>
+      <c r="AI16" s="18">
+        <v>131.40226959207024</v>
+      </c>
+      <c r="AJ16" s="21">
+        <v>14.442699059620406</v>
+      </c>
+      <c r="AK16" s="19">
+        <v>3.5264811497228488E-2</v>
+      </c>
+      <c r="AL16" s="21">
+        <v>14.952018119469118</v>
+      </c>
+      <c r="AM16" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN16" s="21">
+        <v>14.952018119469118</v>
+      </c>
+      <c r="AO16" s="64">
+        <v>0.12250000000000016</v>
+      </c>
+      <c r="AP16" s="54">
+        <v>17.039336888283898</v>
+      </c>
+    </row>
+    <row r="17" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B17" s="16" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="8" t="s">
+      <c r="C17" s="17">
+        <v>35565</v>
+      </c>
+      <c r="D17" s="17">
+        <v>841.83888654576128</v>
+      </c>
+      <c r="E17" s="18">
+        <v>116.36641282565131</v>
+      </c>
+      <c r="F17" s="18">
+        <v>8.1634809503725574</v>
+      </c>
+      <c r="G17" s="19">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H17" s="20">
+        <v>846.11816082405062</v>
+      </c>
+      <c r="I17" s="18">
+        <v>116.36641282565132</v>
+      </c>
+      <c r="J17" s="21">
+        <v>8.2049779334776929</v>
+      </c>
+      <c r="K17" s="19">
+        <v>-7.1759011394373351E-3</v>
+      </c>
+      <c r="L17" s="20">
+        <v>846.11816082405062</v>
+      </c>
+      <c r="M17" s="18">
+        <v>115.53137895126351</v>
+      </c>
+      <c r="N17" s="21">
+        <v>8.1460998229757919</v>
+      </c>
+      <c r="O17" s="51">
+        <v>5.6207859945833105E-2</v>
+      </c>
+      <c r="P17" s="52">
+        <v>846.11816082405062</v>
+      </c>
+      <c r="Q17" s="53">
+        <v>122.02515051870506</v>
+      </c>
+      <c r="R17" s="54">
+        <v>8.6039746609303904</v>
+      </c>
+      <c r="S17" s="51">
+        <v>0</v>
+      </c>
+      <c r="T17" s="52">
+        <v>846.11816082405062</v>
+      </c>
+      <c r="U17" s="53">
+        <v>122.02515051870506</v>
+      </c>
+      <c r="V17" s="54">
+        <v>8.6039746609303904</v>
+      </c>
+      <c r="W17" s="51">
+        <v>4.636710750248163E-2</v>
+      </c>
+      <c r="X17" s="52">
+        <v>846.11816082405085</v>
+      </c>
+      <c r="Y17" s="53">
+        <v>127.68310379081234</v>
+      </c>
+      <c r="Z17" s="54">
+        <v>9.002916078982377</v>
+      </c>
+      <c r="AA17" s="51">
+        <v>2.624011324710418E-2</v>
+      </c>
+      <c r="AB17" s="52">
+        <v>846.11816082405062</v>
+      </c>
+      <c r="AC17" s="53">
+        <v>131.03352289402505</v>
+      </c>
+      <c r="AD17" s="54">
+        <v>9.23915361644905</v>
+      </c>
+      <c r="AE17" s="19">
+        <v>8.0234684662502387E-2</v>
+      </c>
+      <c r="AF17" s="19">
+        <v>4.495284448205128E-3</v>
+      </c>
+      <c r="AG17" s="19">
+        <v>8.5090646840877415E-2</v>
+      </c>
+      <c r="AH17" s="20">
+        <v>987.34118264955214</v>
+      </c>
+      <c r="AI17" s="18">
+        <v>132.2142366800372</v>
+      </c>
+      <c r="AJ17" s="21">
+        <v>10.87838006723131</v>
+      </c>
+      <c r="AK17" s="19">
+        <v>6.4717934417515055E-2</v>
+      </c>
+      <c r="AL17" s="21">
+        <v>11.582406354991189</v>
+      </c>
+      <c r="AM17" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN17" s="21">
+        <v>11.582406354991189</v>
+      </c>
+      <c r="AO17" s="64">
+        <v>0.12249999999999983</v>
+      </c>
+      <c r="AP17" s="54">
+        <v>13.199323481471438</v>
+      </c>
+    </row>
+    <row r="18" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B18" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="9">
-[...91 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="C18" s="17">
+        <v>16069</v>
+      </c>
+      <c r="D18" s="17">
+        <v>1121.6628290497231</v>
+      </c>
+      <c r="E18" s="18">
+        <v>131.88250332889481</v>
+      </c>
+      <c r="F18" s="18">
+        <v>12.32730848217064</v>
+      </c>
+      <c r="G18" s="19">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H18" s="20">
+        <v>1127.3645173062025</v>
+      </c>
+      <c r="I18" s="18">
+        <v>131.88250332889481</v>
+      </c>
+      <c r="J18" s="21">
+        <v>12.389971225542764</v>
+      </c>
+      <c r="K18" s="19">
+        <v>-5.9368807825154191E-3</v>
+      </c>
+      <c r="L18" s="20">
+        <v>1127.3645173062025</v>
+      </c>
+      <c r="M18" s="18">
+        <v>131.09953262933146</v>
+      </c>
+      <c r="N18" s="21">
+        <v>12.31641344347792</v>
+      </c>
+      <c r="O18" s="51">
+        <v>5.4110237656576077E-2</v>
+      </c>
+      <c r="P18" s="52">
+        <v>1127.3645173062025</v>
+      </c>
+      <c r="Q18" s="53">
+        <v>138.19335949657068</v>
+      </c>
+      <c r="R18" s="54">
+        <v>12.982857501981158</v>
+      </c>
+      <c r="S18" s="51">
+        <v>0</v>
+      </c>
+      <c r="T18" s="52">
+        <v>1127.3645173062025</v>
+      </c>
+      <c r="U18" s="53">
+        <v>138.19335949657068</v>
+      </c>
+      <c r="V18" s="54">
+        <v>12.982857501981158</v>
+      </c>
+      <c r="W18" s="51">
+        <v>5.2952753673820352E-2</v>
+      </c>
+      <c r="X18" s="52">
+        <v>1127.3645173062027</v>
+      </c>
+      <c r="Y18" s="53">
+        <v>145.51107842135022</v>
+      </c>
+      <c r="Z18" s="54">
+        <v>13.670335557265876</v>
+      </c>
+      <c r="AA18" s="51">
+        <v>2.7589253356924859E-2</v>
+      </c>
+      <c r="AB18" s="52">
+        <v>1127.3645173062025</v>
+      </c>
+      <c r="AC18" s="53">
+        <v>149.52562043015624</v>
+      </c>
+      <c r="AD18" s="54">
+        <v>14.047489908429462</v>
+      </c>
+      <c r="AE18" s="19">
+        <v>8.1794178732633949E-2</v>
+      </c>
+      <c r="AF18" s="19">
+        <v>2.5014542120664895E-3</v>
+      </c>
+      <c r="AG18" s="19">
+        <v>8.4500237337613804E-2</v>
+      </c>
+      <c r="AH18" s="20">
+        <v>1319.3306198918031</v>
+      </c>
+      <c r="AI18" s="18">
+        <v>150.27461903888366</v>
+      </c>
+      <c r="AJ18" s="21">
+        <v>16.521825524214577</v>
+      </c>
+      <c r="AK18" s="19">
+        <v>0.1067269873507628</v>
+      </c>
+      <c r="AL18" s="21">
+        <v>18.285150187948936</v>
+      </c>
+      <c r="AM18" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN18" s="21">
+        <v>18.285150187948936</v>
+      </c>
+      <c r="AO18" s="64">
+        <v>0.12250000000000005</v>
+      </c>
+      <c r="AP18" s="54">
+        <v>20.8377779919646</v>
+      </c>
+    </row>
+    <row r="19" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B19" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="C8" s="9">
-[...91 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="C19" s="17">
+        <v>219871</v>
+      </c>
+      <c r="D19" s="17">
+        <v>994.12837527459294</v>
+      </c>
+      <c r="E19" s="18">
+        <v>109.7025078232226</v>
+      </c>
+      <c r="F19" s="18">
+        <v>9.0881979888207169</v>
+      </c>
+      <c r="G19" s="19">
+        <v>5.0832461492107406E-3</v>
+      </c>
+      <c r="H19" s="20">
+        <v>999.18177451002828</v>
+      </c>
+      <c r="I19" s="18">
+        <v>109.70250782322263</v>
+      </c>
+      <c r="J19" s="21">
+        <v>9.1343955362506541</v>
+      </c>
+      <c r="K19" s="19">
+        <v>0</v>
+      </c>
+      <c r="L19" s="20">
+        <v>999.18177451002828</v>
+      </c>
+      <c r="M19" s="18">
+        <v>109.70250782322263</v>
+      </c>
+      <c r="N19" s="21">
+        <v>9.1343955362506541</v>
+      </c>
+      <c r="O19" s="51">
+        <v>5.8834193021862546E-2</v>
+      </c>
+      <c r="P19" s="52">
+        <v>999.18177451002828</v>
+      </c>
+      <c r="Q19" s="53">
+        <v>116.15676634347651</v>
+      </c>
+      <c r="R19" s="54">
+        <v>9.6718103263684654</v>
+      </c>
+      <c r="S19" s="51">
+        <v>-5.5830064889916819E-4</v>
+      </c>
+      <c r="T19" s="52">
+        <v>999.17148921863543</v>
+      </c>
+      <c r="U19" s="53">
+        <v>116.0931109747314</v>
+      </c>
+      <c r="V19" s="54">
+        <v>9.6664105483872245</v>
+      </c>
+      <c r="W19" s="51">
+        <v>3.9713055612800696E-2</v>
+      </c>
+      <c r="X19" s="52">
+        <v>999.17148921863543</v>
+      </c>
+      <c r="Y19" s="53">
+        <v>120.70352314713395</v>
+      </c>
+      <c r="Z19" s="54">
+        <v>10.050293248071489</v>
+      </c>
+      <c r="AA19" s="51">
+        <v>2.2297459427691235E-2</v>
+      </c>
+      <c r="AB19" s="52">
+        <v>999.17148921863543</v>
+      </c>
+      <c r="AC19" s="53">
+        <v>123.39490505728656</v>
+      </c>
+      <c r="AD19" s="54">
+        <v>10.274389254006762</v>
+      </c>
+      <c r="AE19" s="19">
+        <v>8.6112327590913029E-2</v>
+      </c>
+      <c r="AF19" s="19">
+        <v>-3.3492461604729407E-3</v>
+      </c>
+      <c r="AG19" s="19">
+        <v>8.2474670047886889E-2</v>
+      </c>
+      <c r="AH19" s="20">
+        <v>1178.662643696644</v>
+      </c>
+      <c r="AI19" s="18">
+        <v>122.56972940947489</v>
+      </c>
+      <c r="AJ19" s="21">
+        <v>12.039030108579498</v>
+      </c>
+      <c r="AK19" s="19">
+        <v>6.3871341052149866E-2</v>
+      </c>
+      <c r="AL19" s="21">
+        <v>12.80797910658168</v>
+      </c>
+      <c r="AM19" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN19" s="21">
+        <v>12.80797910658168</v>
+      </c>
+      <c r="AO19" s="64">
+        <v>0.12250000000000005</v>
+      </c>
+      <c r="AP19" s="54">
+        <v>14.59598758584807</v>
+      </c>
+    </row>
+    <row r="20" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B20" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="9">
-[...91 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="C20" s="17">
+        <v>204791</v>
+      </c>
+      <c r="D20" s="17">
+        <v>623.17191673462219</v>
+      </c>
+      <c r="E20" s="18">
+        <v>109.82620216267043</v>
+      </c>
+      <c r="F20" s="18">
+        <v>5.7033837424496197</v>
+      </c>
+      <c r="G20" s="19">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H20" s="20">
+        <v>626.33965298065948</v>
+      </c>
+      <c r="I20" s="18">
+        <v>109.82620216267044</v>
+      </c>
+      <c r="J20" s="21">
+        <v>5.7323754458958964</v>
+      </c>
+      <c r="K20" s="19">
+        <v>0</v>
+      </c>
+      <c r="L20" s="20">
+        <v>626.33965298065948</v>
+      </c>
+      <c r="M20" s="18">
+        <v>109.82620216267044</v>
+      </c>
+      <c r="N20" s="21">
+        <v>5.7323754458958964</v>
+      </c>
+      <c r="O20" s="51">
+        <v>5.4189511252182854E-2</v>
+      </c>
+      <c r="P20" s="52">
+        <v>626.33965298065948</v>
+      </c>
+      <c r="Q20" s="53">
+        <v>115.77763038054897</v>
+      </c>
+      <c r="R20" s="54">
+        <v>6.0430100696230085</v>
+      </c>
+      <c r="S20" s="51">
+        <v>0</v>
+      </c>
+      <c r="T20" s="52">
+        <v>626.33965298065948</v>
+      </c>
+      <c r="U20" s="53">
+        <v>115.77763038054897</v>
+      </c>
+      <c r="V20" s="54">
+        <v>6.0430100696230085</v>
+      </c>
+      <c r="W20" s="51">
+        <v>3.7230532798012916E-2</v>
+      </c>
+      <c r="X20" s="52">
+        <v>626.33965298065959</v>
+      </c>
+      <c r="Y20" s="53">
+        <v>120.08809324570822</v>
+      </c>
+      <c r="Z20" s="54">
+        <v>6.2679945542188307</v>
+      </c>
+      <c r="AA20" s="51">
+        <v>2.1661418044056413E-2</v>
+      </c>
+      <c r="AB20" s="52">
+        <v>626.33965298065948</v>
+      </c>
+      <c r="AC20" s="53">
+        <v>122.68937163561714</v>
+      </c>
+      <c r="AD20" s="54">
+        <v>6.4037682045556332</v>
+      </c>
+      <c r="AE20" s="19">
+        <v>8.4730873180459243E-2</v>
+      </c>
+      <c r="AF20" s="19">
+        <v>-2.4199140999259239E-3</v>
+      </c>
+      <c r="AG20" s="19">
+        <v>8.2105917645824977E-2</v>
+      </c>
+      <c r="AH20" s="20">
+        <v>736.97695773215821</v>
+      </c>
+      <c r="AI20" s="18">
+        <v>122.09629462198104</v>
+      </c>
+      <c r="AJ20" s="21">
+        <v>7.4985129800730723</v>
+      </c>
+      <c r="AK20" s="19">
+        <v>6.3418872813611138E-2</v>
+      </c>
+      <c r="AL20" s="21">
+        <v>7.9740602210475382</v>
+      </c>
+      <c r="AM20" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN20" s="21">
+        <v>7.9740602210475382</v>
+      </c>
+      <c r="AO20" s="64">
+        <v>0.12250000000000005</v>
+      </c>
+      <c r="AP20" s="54">
+        <v>9.0872481151538906</v>
+      </c>
+    </row>
+    <row r="21" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B21" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="9">
-[...91 lines deleted...]
-      <c r="B11" s="8" t="s">
+      <c r="C21" s="17">
+        <v>124674</v>
+      </c>
+      <c r="D21" s="17">
+        <v>1102.8442177198133</v>
+      </c>
+      <c r="E21" s="18">
+        <v>114.59452958631525</v>
+      </c>
+      <c r="F21" s="18">
+        <v>10.531659528049152</v>
+      </c>
+      <c r="G21" s="19">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H21" s="20">
+        <v>1108.4502463427164</v>
+      </c>
+      <c r="I21" s="18">
+        <v>114.59452958631525</v>
+      </c>
+      <c r="J21" s="21">
+        <v>10.585194545789903</v>
+      </c>
+      <c r="K21" s="19">
+        <v>0</v>
+      </c>
+      <c r="L21" s="20">
+        <v>1108.4502463427164</v>
+      </c>
+      <c r="M21" s="18">
+        <v>114.59452958631525</v>
+      </c>
+      <c r="N21" s="21">
+        <v>10.585194545789903</v>
+      </c>
+      <c r="O21" s="51">
+        <v>5.8423786734087768E-2</v>
+      </c>
+      <c r="P21" s="52">
+        <v>1108.4502463427164</v>
+      </c>
+      <c r="Q21" s="53">
+        <v>121.28957594375926</v>
+      </c>
+      <c r="R21" s="54">
+        <v>11.203621694471963</v>
+      </c>
+      <c r="S21" s="51">
+        <v>0</v>
+      </c>
+      <c r="T21" s="52">
+        <v>1108.4502463427164</v>
+      </c>
+      <c r="U21" s="53">
+        <v>121.28957594375926</v>
+      </c>
+      <c r="V21" s="54">
+        <v>11.203621694471963</v>
+      </c>
+      <c r="W21" s="51">
+        <v>5.4999200065445342E-2</v>
+      </c>
+      <c r="X21" s="52">
+        <v>1108.4502463427168</v>
+      </c>
+      <c r="Y21" s="53">
+        <v>127.96040559694306</v>
+      </c>
+      <c r="Z21" s="54">
+        <v>11.819811925503791</v>
+      </c>
+      <c r="AA21" s="51">
+        <v>1.8271731742716568E-2</v>
+      </c>
+      <c r="AB21" s="52">
+        <v>1108.4502463427164</v>
+      </c>
+      <c r="AC21" s="53">
+        <v>130.29846380169968</v>
+      </c>
+      <c r="AD21" s="54">
+        <v>12.035780358255959</v>
+      </c>
+      <c r="AE21" s="19">
+        <v>8.7068925724406609E-2</v>
+      </c>
+      <c r="AF21" s="19">
+        <v>-1.5307894634853936E-3</v>
+      </c>
+      <c r="AG21" s="19">
+        <v>8.5404852066825354E-2</v>
+      </c>
+      <c r="AH21" s="20">
+        <v>1309.8765495873872</v>
+      </c>
+      <c r="AI21" s="18">
+        <v>129.89985010123246</v>
+      </c>
+      <c r="AJ21" s="21">
+        <v>14.179397286876766</v>
+      </c>
+      <c r="AK21" s="19">
+        <v>2.7482951383524856E-2</v>
+      </c>
+      <c r="AL21" s="21">
+        <v>14.569088973159685</v>
+      </c>
+      <c r="AM21" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN21" s="21">
+        <v>14.569088973159685</v>
+      </c>
+      <c r="AO21" s="64">
+        <v>0.12250000000000016</v>
+      </c>
+      <c r="AP21" s="54">
+        <v>16.602950396763177</v>
+      </c>
+    </row>
+    <row r="22" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="B22" s="16" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="9">
-[...91 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="C22" s="17">
+        <v>135955</v>
+      </c>
+      <c r="D22" s="17">
+        <v>728.18211908352032</v>
+      </c>
+      <c r="E22" s="18">
+        <v>118.87503757575755</v>
+      </c>
+      <c r="F22" s="18">
+        <v>7.2135563973373529</v>
+      </c>
+      <c r="G22" s="19">
+        <v>5.0832461492107406E-3</v>
+      </c>
+      <c r="H22" s="20">
+        <v>731.88364803627564</v>
+      </c>
+      <c r="I22" s="18">
+        <v>118.87503757575757</v>
+      </c>
+      <c r="J22" s="21">
+        <v>7.2502246801162329</v>
+      </c>
+      <c r="K22" s="19">
+        <v>0</v>
+      </c>
+      <c r="L22" s="20">
+        <v>731.88364803627564</v>
+      </c>
+      <c r="M22" s="18">
+        <v>118.87503757575757</v>
+      </c>
+      <c r="N22" s="21">
+        <v>7.2502246801162329</v>
+      </c>
+      <c r="O22" s="51">
+        <v>5.1822032199815293E-2</v>
+      </c>
+      <c r="P22" s="52">
+        <v>731.88364803627564</v>
+      </c>
+      <c r="Q22" s="53">
+        <v>125.03538360076274</v>
+      </c>
+      <c r="R22" s="54">
+        <v>7.6259460569451125</v>
+      </c>
+      <c r="S22" s="51">
+        <v>0</v>
+      </c>
+      <c r="T22" s="52">
+        <v>731.88364803627564</v>
+      </c>
+      <c r="U22" s="53">
+        <v>125.03538360076274</v>
+      </c>
+      <c r="V22" s="54">
+        <v>7.6259460569451125</v>
+      </c>
+      <c r="W22" s="51">
+        <v>5.2050504542341614E-2</v>
+      </c>
+      <c r="X22" s="52">
+        <v>731.88364803627553</v>
+      </c>
+      <c r="Y22" s="53">
+        <v>131.54353840282769</v>
+      </c>
+      <c r="Z22" s="54">
+        <v>8.0228803968217868</v>
+      </c>
+      <c r="AA22" s="51">
+        <v>2.2595401245149249E-2</v>
+      </c>
+      <c r="AB22" s="52">
+        <v>731.88364803627564</v>
+      </c>
+      <c r="AC22" s="53">
+        <v>134.51581743424629</v>
+      </c>
+      <c r="AD22" s="54">
+        <v>8.2041605985298176</v>
+      </c>
+      <c r="AE22" s="19">
+        <v>8.5066294581286561E-2</v>
+      </c>
+      <c r="AF22" s="19">
+        <v>-1.2785563600584693E-3</v>
+      </c>
+      <c r="AG22" s="19">
+        <v>8.3678976169264674E-2</v>
+      </c>
+      <c r="AH22" s="20">
+        <v>861.69701900250595</v>
+      </c>
+      <c r="AI22" s="18">
+        <v>134.17206522029133</v>
+      </c>
+      <c r="AJ22" s="21">
+        <v>9.6346390528112362</v>
+      </c>
+      <c r="AK22" s="19">
+        <v>6.4258746432979796E-2</v>
+      </c>
+      <c r="AL22" s="21">
+        <v>10.253748880679117</v>
+      </c>
+      <c r="AM22" s="19">
+        <v>0</v>
+      </c>
+      <c r="AN22" s="21">
+        <v>10.253748880679117</v>
+      </c>
+      <c r="AO22" s="64">
+        <v>0.12250000000000028</v>
+      </c>
+      <c r="AP22" s="54">
+        <v>11.685183909605835</v>
+      </c>
+    </row>
+    <row r="23" spans="2:42" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="C12" s="9">
-[...91 lines deleted...]
-      <c r="B13" s="8" t="s">
+      <c r="C23" s="23">
+        <v>189617</v>
+      </c>
+      <c r="D23" s="23">
+        <v>929.79005047015835</v>
+      </c>
+      <c r="E23" s="24">
+        <v>127.61761979308467</v>
+      </c>
+      <c r="F23" s="24">
+        <v>9.8881327623578059</v>
+      </c>
+      <c r="G23" s="25">
+        <v>5.0832461492105185E-3</v>
+      </c>
+      <c r="H23" s="26">
+        <v>934.51640216378485</v>
+      </c>
+      <c r="I23" s="24">
+        <v>127.6176197930847</v>
+      </c>
+      <c r="J23" s="27">
+        <v>9.9383965751449441</v>
+      </c>
+      <c r="K23" s="25">
+        <v>0</v>
+      </c>
+      <c r="L23" s="26">
+        <v>934.51640216378485</v>
+      </c>
+      <c r="M23" s="24">
+        <v>127.6176197930847</v>
+      </c>
+      <c r="N23" s="27">
+        <v>9.9383965751449441</v>
+      </c>
+      <c r="O23" s="55">
+        <v>5.4269637033416807E-2</v>
+      </c>
+      <c r="P23" s="56">
+        <v>934.51640216378485</v>
+      </c>
+      <c r="Q23" s="57">
+        <v>134.543381698324</v>
+      </c>
+      <c r="R23" s="58">
+        <v>10.477749749972213</v>
+      </c>
+      <c r="S23" s="55">
+        <v>0</v>
+      </c>
+      <c r="T23" s="56">
+        <v>934.51640216378485</v>
+      </c>
+      <c r="U23" s="57">
+        <v>134.543381698324</v>
+      </c>
+      <c r="V23" s="58">
+        <v>10.477749749972213</v>
+      </c>
+      <c r="W23" s="55">
+        <v>6.2464084738109049E-2</v>
+      </c>
+      <c r="X23" s="56">
+        <v>934.51640216378485</v>
+      </c>
+      <c r="Y23" s="57">
+        <v>142.94751089367989</v>
+      </c>
+      <c r="Z23" s="58">
+        <v>11.13223279821918</v>
+      </c>
+      <c r="AA23" s="55">
+        <v>1.9412832926111845E-2</v>
+      </c>
+      <c r="AB23" s="56">
+        <v>934.51640216378485</v>
+      </c>
+      <c r="AC23" s="57">
+        <v>145.72252703986243</v>
+      </c>
+      <c r="AD23" s="58">
+        <v>11.348340973625591</v>
+      </c>
+      <c r="AE23" s="25">
+        <v>8.6521853886791789E-2</v>
+      </c>
+      <c r="AF23" s="25">
+        <v>-8.1688194154838634E-4</v>
+      </c>
+      <c r="AG23" s="25">
+        <v>8.5634293805253892E-2</v>
+      </c>
+      <c r="AH23" s="26">
+        <v>1103.2244043129524</v>
+      </c>
+      <c r="AI23" s="24">
+        <v>145.48454807830603</v>
+      </c>
+      <c r="AJ23" s="27">
+        <v>13.375175324202356</v>
+      </c>
+      <c r="AK23" s="25">
+        <v>1.7188353189286909E-2</v>
+      </c>
+      <c r="AL23" s="27">
+        <v>13.605072561643382</v>
+      </c>
+      <c r="AM23" s="25">
+        <v>0</v>
+      </c>
+      <c r="AN23" s="27">
+        <v>13.605072561643382</v>
+      </c>
+      <c r="AO23" s="65">
+        <v>0.12249999999999983</v>
+      </c>
+      <c r="AP23" s="58">
+        <v>15.504356195604991</v>
+      </c>
+    </row>
+    <row r="24" spans="2:42" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="9">
-[...1136 lines deleted...]
-      <c r="AK24" s="20"/>
+      <c r="C24" s="29">
+        <v>2893128</v>
+      </c>
+      <c r="D24" s="29">
+        <v>1743.6186715554929</v>
+      </c>
+      <c r="E24" s="30">
+        <v>74.050338149656497</v>
+      </c>
+      <c r="F24" s="30">
+        <v>10.759629352728258</v>
+      </c>
+      <c r="G24" s="31">
+        <v>5.0832461492102965E-3</v>
+      </c>
+      <c r="H24" s="32">
+        <v>1752.481914453369</v>
+      </c>
+      <c r="I24" s="30">
+        <v>74.050338149656483</v>
+      </c>
+      <c r="J24" s="33">
+        <v>10.814323197202445</v>
+      </c>
+      <c r="K24" s="31">
+        <v>-8.8023157397754126E-4</v>
+      </c>
+      <c r="L24" s="32">
+        <v>1752.481914453369</v>
+      </c>
+      <c r="M24" s="30">
+        <v>73.98515670395345</v>
+      </c>
+      <c r="N24" s="33">
+        <v>10.80480408847307</v>
+      </c>
+      <c r="O24" s="59">
+        <v>6.4091574265876528E-2</v>
+      </c>
+      <c r="P24" s="60">
+        <v>1752.481914453369</v>
+      </c>
+      <c r="Q24" s="61">
+        <v>78.726981869417401</v>
+      </c>
+      <c r="R24" s="62">
+        <v>11.497300992137689</v>
+      </c>
+      <c r="S24" s="59">
+        <v>-3.7566557698234249E-3</v>
+      </c>
+      <c r="T24" s="60">
+        <v>1752.3380893395456</v>
+      </c>
+      <c r="U24" s="61">
+        <v>78.437669030034399</v>
+      </c>
+      <c r="V24" s="62">
+        <v>11.454109590028178</v>
+      </c>
+      <c r="W24" s="59">
+        <v>6.1395042080061968E-2</v>
+      </c>
+      <c r="X24" s="60">
+        <v>1752.3380893395456</v>
+      </c>
+      <c r="Y24" s="61">
+        <v>83.253353020795331</v>
+      </c>
+      <c r="Z24" s="62">
+        <v>12.157335130297598</v>
+      </c>
+      <c r="AA24" s="59">
+        <v>2.1916866580716121E-2</v>
+      </c>
+      <c r="AB24" s="60">
+        <v>1752.3380893395456</v>
+      </c>
+      <c r="AC24" s="61">
+        <v>85.078005651349358</v>
+      </c>
+      <c r="AD24" s="62">
+        <v>12.423785822325383</v>
+      </c>
+      <c r="AE24" s="31">
+        <v>4.8593353185479415E-2</v>
+      </c>
+      <c r="AF24" s="31">
+        <v>1.9969748579753865E-2</v>
+      </c>
+      <c r="AG24" s="31">
+        <v>6.9533498810994576E-2</v>
+      </c>
+      <c r="AH24" s="32">
+        <v>1926.7798771080295</v>
+      </c>
+      <c r="AI24" s="30">
+        <v>88.50990674729745</v>
+      </c>
+      <c r="AJ24" s="33">
+        <v>14.211592270450076</v>
+      </c>
+      <c r="AK24" s="31">
+        <v>3.5579159237255409E-2</v>
+      </c>
+      <c r="AL24" s="33">
+        <v>14.717228774855368</v>
+      </c>
+      <c r="AM24" s="31">
+        <v>2.3858843034669786E-3</v>
+      </c>
+      <c r="AN24" s="33">
+        <v>14.752342379979829</v>
+      </c>
+      <c r="AO24" s="66">
+        <v>0.12249999999999983</v>
+      </c>
+      <c r="AP24" s="62">
+        <v>16.811786188011197</v>
+      </c>
+    </row>
+    <row r="25" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="AP25" s="34"/>
+    </row>
+    <row r="26" spans="2:42" x14ac:dyDescent="0.3">
+      <c r="R26" s="35"/>
+      <c r="S26" s="36"/>
+      <c r="V26" s="35"/>
+      <c r="Z26" s="35"/>
+      <c r="AB26" s="35"/>
+      <c r="AC26" s="36"/>
+      <c r="AD26" s="35"/>
+      <c r="AE26" s="35"/>
+      <c r="AF26" s="35"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup fitToWidth="0" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup scale="80" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;14IA HHS&amp;R&amp;14Draft and Confidential</oddHeader>
-    <oddFooter>&amp;L&amp;14&amp;F | &amp;A&amp;R&amp;14&amp;G</oddFooter>
+    <oddHeader>&amp;LIA HHS&amp;RDraft and Confidential</oddHeader>
+    <oddFooter>&amp;L&amp;F | &amp;A&amp;R&amp;G</oddFooter>
   </headerFooter>
   <colBreaks count="3" manualBreakCount="3">
-    <brk id="10" min="1" max="23" man="1"/>
-[...1 lines deleted...]
-    <brk id="28" min="1" max="23" man="1"/>
+    <brk id="14" max="1048575" man="1"/>
+    <brk id="26" max="1048575" man="1"/>
+    <brk id="38" max="1048575" man="1"/>
   </colBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E2FFCF20-C93A-40A9-AB0C-329E19961994}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AADFC42A-34C0-44C6-A23E-71516778E096}">
   <sheetPr>
-    <tabColor theme="4" tint="-0.249977111117893"/>
-    <pageSetUpPr fitToPage="1"/>
+    <tabColor theme="4" tint="-0.499984740745262"/>
   </sheetPr>
-  <dimension ref="B2:Q42"/>
+  <dimension ref="B2:M24"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="18" max="18" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.69921875" customWidth="1"/>
+    <col min="2" max="2" width="26.09765625" customWidth="1"/>
+    <col min="3" max="3" width="11.3984375" customWidth="1"/>
+    <col min="4" max="4" width="13.3984375" customWidth="1"/>
+    <col min="5" max="5" width="14.296875" customWidth="1"/>
+    <col min="6" max="6" width="10.8984375" customWidth="1"/>
+    <col min="7" max="7" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.59765625" customWidth="1"/>
+    <col min="9" max="9" width="14" customWidth="1"/>
+    <col min="10" max="10" width="10.296875" customWidth="1"/>
+    <col min="11" max="12" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="9.59765625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B2" s="1" t="s">
-        <v>43</v>
-[...28 lines deleted...]
-      <c r="D5" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="E5" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="7" t="s">
+    </row>
+    <row r="3" spans="2:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B3" s="46" t="s">
         <v>48</v>
       </c>
-      <c r="G5" s="7" t="s">
-[...8 lines deleted...]
-      <c r="J5" s="7" t="s">
+    </row>
+    <row r="5" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="C5" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="K5" s="7" t="s">
+      <c r="D5" s="3"/>
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="L5" s="7" t="s">
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+    </row>
+    <row r="6" spans="2:13" ht="39" x14ac:dyDescent="0.3">
+      <c r="B6" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="M5" s="7" t="s">
+      <c r="E6" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="N5" s="7" t="s">
-[...13 lines deleted...]
-      <c r="B6" s="22" t="s">
+      <c r="F6" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="J6" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" s="9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B7" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="11">
+        <v>258098</v>
+      </c>
+      <c r="D7" s="15">
+        <v>4.9238819555276567</v>
+      </c>
+      <c r="E7" s="12">
+        <v>4.2577560873193789</v>
+      </c>
+      <c r="F7" s="13">
+        <v>0.15644998317122027</v>
+      </c>
+      <c r="G7" s="37">
+        <v>0.66612586820827779</v>
+      </c>
+      <c r="H7" s="38">
+        <v>171925.75433282007</v>
+      </c>
+      <c r="I7" s="15">
+        <v>4.92</v>
+      </c>
+      <c r="J7" s="13">
+        <v>0.02</v>
+      </c>
+      <c r="K7" s="15">
+        <v>0.1</v>
+      </c>
+      <c r="L7" s="15">
+        <v>4.82</v>
+      </c>
+      <c r="M7" s="39"/>
+    </row>
+    <row r="8" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B8" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="17">
+        <v>446234</v>
+      </c>
+      <c r="D8" s="21">
+        <v>21.570363739062113</v>
+      </c>
+      <c r="E8" s="18">
+        <v>19.137883284521166</v>
+      </c>
+      <c r="F8" s="19">
+        <v>0.12710289943655106</v>
+      </c>
+      <c r="G8" s="40">
+        <v>2.4324804545409471</v>
+      </c>
+      <c r="H8" s="41">
+        <v>1085455.4831516249</v>
+      </c>
+      <c r="I8" s="21">
+        <v>21.57</v>
+      </c>
+      <c r="J8" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K8" s="21">
+        <v>0.43</v>
+      </c>
+      <c r="L8" s="21">
+        <v>21.14</v>
+      </c>
+      <c r="M8" s="39"/>
+    </row>
+    <row r="9" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B9" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="17">
+        <v>1465108</v>
+      </c>
+      <c r="D9" s="21">
+        <v>27.931156537862542</v>
+      </c>
+      <c r="E9" s="18">
+        <v>26.704864620840105</v>
+      </c>
+      <c r="F9" s="19">
+        <v>4.5920169768074892E-2</v>
+      </c>
+      <c r="G9" s="40">
+        <v>1.2262919170224365</v>
+      </c>
+      <c r="H9" s="41">
+        <v>1796650.0979649078</v>
+      </c>
+      <c r="I9" s="21">
+        <v>27.93</v>
+      </c>
+      <c r="J9" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K9" s="21">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="L9" s="21">
+        <v>27.37</v>
+      </c>
+      <c r="M9" s="39"/>
+    </row>
+    <row r="10" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B10" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="17">
+        <v>305220</v>
+      </c>
+      <c r="D10" s="21">
+        <v>23.225263013379006</v>
+      </c>
+      <c r="E10" s="18">
+        <v>21.337013762077135</v>
+      </c>
+      <c r="F10" s="19">
+        <v>8.8496416244428167E-2</v>
+      </c>
+      <c r="G10" s="40">
+        <v>1.8882492513018718</v>
+      </c>
+      <c r="H10" s="41">
+        <v>576331.43648235733</v>
+      </c>
+      <c r="I10" s="21">
+        <v>23.23</v>
+      </c>
+      <c r="J10" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K10" s="21">
+        <v>0.46</v>
+      </c>
+      <c r="L10" s="21">
+        <v>22.77</v>
+      </c>
+      <c r="M10" s="39"/>
+    </row>
+    <row r="11" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B11" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="17">
+        <v>197867</v>
+      </c>
+      <c r="D11" s="21">
+        <v>11.89310238144877</v>
+      </c>
+      <c r="E11" s="18">
+        <v>10.830444868548902</v>
+      </c>
+      <c r="F11" s="19">
+        <v>9.8117623587723024E-2</v>
+      </c>
+      <c r="G11" s="40">
+        <v>1.0626575128998681</v>
+      </c>
+      <c r="H11" s="41">
+        <v>210264.85410495821</v>
+      </c>
+      <c r="I11" s="21">
+        <v>11.89</v>
+      </c>
+      <c r="J11" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K11" s="21">
+        <v>0.24</v>
+      </c>
+      <c r="L11" s="21">
+        <v>11.65</v>
+      </c>
+      <c r="M11" s="39"/>
+    </row>
+    <row r="12" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B12" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="17">
+        <v>199870</v>
+      </c>
+      <c r="D12" s="21">
+        <v>21.28090345059233</v>
+      </c>
+      <c r="E12" s="18">
+        <v>19.66274232979675</v>
+      </c>
+      <c r="F12" s="19">
+        <v>8.2295800537620423E-2</v>
+      </c>
+      <c r="G12" s="40">
+        <v>1.6181611207955804</v>
+      </c>
+      <c r="H12" s="41">
+        <v>323421.86321341264</v>
+      </c>
+      <c r="I12" s="21">
+        <v>21.28</v>
+      </c>
+      <c r="J12" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K12" s="21">
+        <v>0.43</v>
+      </c>
+      <c r="L12" s="21">
+        <v>20.85</v>
+      </c>
+      <c r="M12" s="39"/>
+    </row>
+    <row r="13" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B13" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="C13" s="17">
+        <v>77766</v>
+      </c>
+      <c r="D13" s="21">
+        <v>13.491077065855608</v>
+      </c>
+      <c r="E13" s="18">
+        <v>12.336102120877175</v>
+      </c>
+      <c r="F13" s="19">
+        <v>9.3625598561136725E-2</v>
+      </c>
+      <c r="G13" s="40">
+        <v>1.1549749449784326</v>
+      </c>
+      <c r="H13" s="41">
+        <v>89817.781571192783</v>
+      </c>
+      <c r="I13" s="21">
+        <v>13.49</v>
+      </c>
+      <c r="J13" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K13" s="21">
+        <v>0.27</v>
+      </c>
+      <c r="L13" s="21">
+        <v>13.22</v>
+      </c>
+      <c r="M13" s="39"/>
+    </row>
+    <row r="14" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B14" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" s="17">
+        <v>231499</v>
+      </c>
+      <c r="D14" s="21">
+        <v>20.477059391868771</v>
+      </c>
+      <c r="E14" s="18">
+        <v>19.058186331235767</v>
+      </c>
+      <c r="F14" s="19">
+        <v>7.4449532393725981E-2</v>
+      </c>
+      <c r="G14" s="40">
+        <v>1.418873060633004</v>
+      </c>
+      <c r="H14" s="41">
+        <v>328467.69466347981</v>
+      </c>
+      <c r="I14" s="21">
+        <v>20.48</v>
+      </c>
+      <c r="J14" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K14" s="21">
+        <v>0.41</v>
+      </c>
+      <c r="L14" s="21">
+        <v>20.07</v>
+      </c>
+      <c r="M14" s="39"/>
+    </row>
+    <row r="15" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B15" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="17">
+        <v>69776</v>
+      </c>
+      <c r="D15" s="21">
+        <v>14.982808387221883</v>
+      </c>
+      <c r="E15" s="18">
+        <v>14.064242711190937</v>
+      </c>
+      <c r="F15" s="19">
+        <v>6.5312131971388743E-2</v>
+      </c>
+      <c r="G15" s="40">
+        <v>0.91856567603094597</v>
+      </c>
+      <c r="H15" s="41">
+        <v>64093.838610735285</v>
+      </c>
+      <c r="I15" s="21">
+        <v>14.98</v>
+      </c>
+      <c r="J15" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K15" s="21">
+        <v>0.3</v>
+      </c>
+      <c r="L15" s="21">
+        <v>14.68</v>
+      </c>
+      <c r="M15" s="39"/>
+    </row>
+    <row r="16" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B16" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="C16" s="17">
+        <v>148869</v>
+      </c>
+      <c r="D16" s="21">
+        <v>22.835385402333404</v>
+      </c>
+      <c r="E16" s="18">
+        <v>21.178054178753964</v>
+      </c>
+      <c r="F16" s="19">
+        <v>7.8257011224482254E-2</v>
+      </c>
+      <c r="G16" s="40">
+        <v>1.6573312235794404</v>
+      </c>
+      <c r="H16" s="41">
+        <v>246725.24192304772</v>
+      </c>
+      <c r="I16" s="21">
+        <v>22.84</v>
+      </c>
+      <c r="J16" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K16" s="21">
+        <v>0.46</v>
+      </c>
+      <c r="L16" s="21">
+        <v>22.38</v>
+      </c>
+      <c r="M16" s="39"/>
+    </row>
+    <row r="17" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B17" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="17">
+        <v>56790</v>
+      </c>
+      <c r="D17" s="21">
+        <v>16.344859744512384</v>
+      </c>
+      <c r="E17" s="18">
+        <v>15.198697770509749</v>
+      </c>
+      <c r="F17" s="19">
+        <v>7.5411853785694039E-2</v>
+      </c>
+      <c r="G17" s="40">
+        <v>1.1461619740026343</v>
+      </c>
+      <c r="H17" s="41">
+        <v>65090.538503609605</v>
+      </c>
+      <c r="I17" s="21">
+        <v>16.34</v>
+      </c>
+      <c r="J17" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K17" s="21">
+        <v>0.33</v>
+      </c>
+      <c r="L17" s="21">
+        <v>16.010000000000002</v>
+      </c>
+      <c r="M17" s="39"/>
+    </row>
+    <row r="18" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B18" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="11">
-[...46 lines deleted...]
-      <c r="B7" s="22" t="s">
+      <c r="C18" s="17">
+        <v>29766</v>
+      </c>
+      <c r="D18" s="21">
+        <v>21.750962844174829</v>
+      </c>
+      <c r="E18" s="18">
+        <v>20.106707486806322</v>
+      </c>
+      <c r="F18" s="19">
+        <v>8.1776459842937577E-2</v>
+      </c>
+      <c r="G18" s="40">
+        <v>1.6442553573685075</v>
+      </c>
+      <c r="H18" s="41">
+        <v>48942.904967430994</v>
+      </c>
+      <c r="I18" s="21">
+        <v>21.75</v>
+      </c>
+      <c r="J18" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K18" s="21">
+        <v>0.44</v>
+      </c>
+      <c r="L18" s="21">
+        <v>21.31</v>
+      </c>
+      <c r="M18" s="39"/>
+    </row>
+    <row r="19" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B19" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="11">
-[...46 lines deleted...]
-      <c r="B8" s="22" t="s">
+      <c r="C19" s="17">
+        <v>350871</v>
+      </c>
+      <c r="D19" s="21">
+        <v>17.896764848467814</v>
+      </c>
+      <c r="E19" s="18">
+        <v>16.640038624499738</v>
+      </c>
+      <c r="F19" s="19">
+        <v>7.5524237192439614E-2</v>
+      </c>
+      <c r="G19" s="40">
+        <v>1.2567262239680765</v>
+      </c>
+      <c r="H19" s="41">
+        <v>440948.78692990297</v>
+      </c>
+      <c r="I19" s="21">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="J19" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K19" s="21">
+        <v>0.36</v>
+      </c>
+      <c r="L19" s="21">
+        <v>17.54</v>
+      </c>
+      <c r="M19" s="39"/>
+    </row>
+    <row r="20" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B20" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="C8" s="11">
-[...46 lines deleted...]
-      <c r="B9" s="22" t="s">
+      <c r="C20" s="17">
+        <v>301914</v>
+      </c>
+      <c r="D20" s="21">
+        <v>12.970930180823297</v>
+      </c>
+      <c r="E20" s="18">
+        <v>12.08678525813996</v>
+      </c>
+      <c r="F20" s="19">
+        <v>7.3149717133255132E-2</v>
+      </c>
+      <c r="G20" s="40">
+        <v>0.88414492268333689</v>
+      </c>
+      <c r="H20" s="41">
+        <v>266935.73018701695</v>
+      </c>
+      <c r="I20" s="21">
+        <v>12.97</v>
+      </c>
+      <c r="J20" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K20" s="21">
+        <v>0.26</v>
+      </c>
+      <c r="L20" s="21">
+        <v>12.71</v>
+      </c>
+      <c r="M20" s="39"/>
+    </row>
+    <row r="21" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B21" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="11">
-[...46 lines deleted...]
-      <c r="B10" s="22" t="s">
+      <c r="C21" s="17">
+        <v>241091</v>
+      </c>
+      <c r="D21" s="21">
+        <v>21.153033949526364</v>
+      </c>
+      <c r="E21" s="18">
+        <v>19.499258226960926</v>
+      </c>
+      <c r="F21" s="19">
+        <v>8.4812237640856658E-2</v>
+      </c>
+      <c r="G21" s="40">
+        <v>1.6537757225654381</v>
+      </c>
+      <c r="H21" s="41">
+        <v>398710.44272902404</v>
+      </c>
+      <c r="I21" s="21">
+        <v>21.15</v>
+      </c>
+      <c r="J21" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K21" s="21">
+        <v>0.42</v>
+      </c>
+      <c r="L21" s="21">
+        <v>20.73</v>
+      </c>
+      <c r="M21" s="39"/>
+    </row>
+    <row r="22" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B22" s="16" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="11">
-[...46 lines deleted...]
-      <c r="B11" s="22" t="s">
+      <c r="C22" s="17">
+        <v>214054</v>
+      </c>
+      <c r="D22" s="21">
+        <v>16.111579100246985</v>
+      </c>
+      <c r="E22" s="18">
+        <v>14.941631332174467</v>
+      </c>
+      <c r="F22" s="19">
+        <v>7.8301207014338514E-2</v>
+      </c>
+      <c r="G22" s="40">
+        <v>1.1699477680725181</v>
+      </c>
+      <c r="H22" s="41">
+        <v>250431.99954699478</v>
+      </c>
+      <c r="I22" s="21">
+        <v>16.11</v>
+      </c>
+      <c r="J22" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K22" s="21">
+        <v>0.32</v>
+      </c>
+      <c r="L22" s="21">
+        <v>15.79</v>
+      </c>
+      <c r="M22" s="39"/>
+    </row>
+    <row r="23" spans="2:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="11">
-[...46 lines deleted...]
-      <c r="B12" s="22" t="s">
+      <c r="C23" s="23">
+        <v>366846</v>
+      </c>
+      <c r="D23" s="27">
+        <v>21.618048375550092</v>
+      </c>
+      <c r="E23" s="24">
+        <v>19.954020877705126</v>
+      </c>
+      <c r="F23" s="25">
+        <v>8.3393091950916265E-2</v>
+      </c>
+      <c r="G23" s="42">
+        <v>1.6640274978449661</v>
+      </c>
+      <c r="H23" s="43">
+        <v>610441.83147443447</v>
+      </c>
+      <c r="I23" s="27">
+        <v>21.62</v>
+      </c>
+      <c r="J23" s="25">
+        <v>0.02</v>
+      </c>
+      <c r="K23" s="27">
+        <v>0.43</v>
+      </c>
+      <c r="L23" s="27">
+        <v>21.19</v>
+      </c>
+      <c r="M23" s="39"/>
+    </row>
+    <row r="24" spans="2:13" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="11">
-[...1462 lines deleted...]
-      </c>
+      <c r="C24" s="29">
+        <v>4961639</v>
+      </c>
+      <c r="D24" s="33">
+        <v>20.960548919729547</v>
+      </c>
+      <c r="E24" s="30">
+        <v>19.554832727891139</v>
+      </c>
+      <c r="F24" s="31">
+        <v>7.1885871456902395E-2</v>
+      </c>
+      <c r="G24" s="44">
+        <v>1.4057161918384082</v>
+      </c>
+      <c r="H24" s="45">
+        <v>6974656.2803569278</v>
+      </c>
+      <c r="I24" s="33">
+        <v>20.96</v>
+      </c>
+      <c r="J24" s="31">
+        <v>0.02</v>
+      </c>
+      <c r="K24" s="33">
+        <v>0.42</v>
+      </c>
+      <c r="L24" s="33">
+        <v>20.54</v>
+      </c>
+      <c r="M24" s="39"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="57" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup scale="95" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LIA HHS&amp;RDraft and Confidential</oddHeader>
     <oddFooter>&amp;L&amp;F | &amp;A&amp;R&amp;G</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A916A43-4914-411E-B5AB-9B7534149A0B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{21B25C3B-32E5-46E2-B9B3-E81DE3F70D2C}">
   <sheetPr>
-    <tabColor theme="4" tint="-0.249977111117893"/>
-    <pageSetUpPr fitToPage="1"/>
+    <tabColor theme="4" tint="-0.499984740745262"/>
   </sheetPr>
-  <dimension ref="B2:Q42"/>
+  <dimension ref="B2:M24"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="18" max="18" width="2.7265625" customWidth="1"/>
+    <col min="1" max="1" width="2.69921875" customWidth="1"/>
+    <col min="2" max="2" width="26.09765625" customWidth="1"/>
+    <col min="3" max="3" width="11.3984375" customWidth="1"/>
+    <col min="4" max="4" width="13.3984375" customWidth="1"/>
+    <col min="5" max="5" width="14.296875" customWidth="1"/>
+    <col min="6" max="6" width="10.8984375" customWidth="1"/>
+    <col min="7" max="7" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.59765625" customWidth="1"/>
+    <col min="9" max="9" width="14" customWidth="1"/>
+    <col min="10" max="10" width="10.296875" customWidth="1"/>
+    <col min="11" max="12" width="9.296875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="9.59765625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B2" s="1" t="s">
-        <v>61</v>
-[...31 lines deleted...]
-      <c r="E5" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="F5" s="7" t="s">
+    </row>
+    <row r="3" spans="2:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B3" s="46" t="s">
         <v>48</v>
       </c>
-      <c r="G5" s="7" t="s">
-[...8 lines deleted...]
-      <c r="J5" s="7" t="s">
+    </row>
+    <row r="5" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="C5" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="K5" s="7" t="s">
+      <c r="D5" s="3"/>
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="L5" s="7" t="s">
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+    </row>
+    <row r="6" spans="2:13" ht="39" x14ac:dyDescent="0.3">
+      <c r="B6" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="M5" s="7" t="s">
+      <c r="E6" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="N5" s="7" t="s">
-[...13 lines deleted...]
-      <c r="B6" s="22" t="s">
+      <c r="F6" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="J6" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" s="9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B7" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="11">
+        <v>187140</v>
+      </c>
+      <c r="D7" s="15">
+        <v>5.4180999430069576</v>
+      </c>
+      <c r="E7" s="12">
+        <v>4.81612361651319</v>
+      </c>
+      <c r="F7" s="13">
+        <v>0.12499187612829399</v>
+      </c>
+      <c r="G7" s="37">
+        <v>0.60197632649376764</v>
+      </c>
+      <c r="H7" s="38">
+        <v>112653.84974004368</v>
+      </c>
+      <c r="I7" s="15">
+        <v>5.42</v>
+      </c>
+      <c r="J7" s="13">
+        <v>0.02</v>
+      </c>
+      <c r="K7" s="15">
+        <v>0.11</v>
+      </c>
+      <c r="L7" s="15">
+        <v>5.31</v>
+      </c>
+      <c r="M7" s="34"/>
+    </row>
+    <row r="8" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B8" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="17">
+        <v>285846</v>
+      </c>
+      <c r="D8" s="21">
+        <v>21.157646104403177</v>
+      </c>
+      <c r="E8" s="18">
+        <v>19.139921797488061</v>
+      </c>
+      <c r="F8" s="19">
+        <v>0.10541967351088788</v>
+      </c>
+      <c r="G8" s="40">
+        <v>2.0177243069151167</v>
+      </c>
+      <c r="H8" s="41">
+        <v>576758.4222344585</v>
+      </c>
+      <c r="I8" s="21">
+        <v>21.16</v>
+      </c>
+      <c r="J8" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K8" s="21">
+        <v>0.42</v>
+      </c>
+      <c r="L8" s="21">
+        <v>20.74</v>
+      </c>
+      <c r="M8" s="34"/>
+    </row>
+    <row r="9" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B9" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="17">
+        <v>797698</v>
+      </c>
+      <c r="D9" s="21">
+        <v>24.035349035012395</v>
+      </c>
+      <c r="E9" s="18">
+        <v>22.232736646792759</v>
+      </c>
+      <c r="F9" s="19">
+        <v>8.1079194921317876E-2</v>
+      </c>
+      <c r="G9" s="40">
+        <v>1.8026123882196359</v>
+      </c>
+      <c r="H9" s="41">
+        <v>1437940.2968580271</v>
+      </c>
+      <c r="I9" s="21">
+        <v>24.04</v>
+      </c>
+      <c r="J9" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K9" s="21">
+        <v>0.48</v>
+      </c>
+      <c r="L9" s="21">
+        <v>23.56</v>
+      </c>
+      <c r="M9" s="34"/>
+    </row>
+    <row r="10" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B10" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="17">
+        <v>137048</v>
+      </c>
+      <c r="D10" s="21">
+        <v>18.846592058164838</v>
+      </c>
+      <c r="E10" s="18">
+        <v>17.405537791978364</v>
+      </c>
+      <c r="F10" s="19">
+        <v>8.279286072106351E-2</v>
+      </c>
+      <c r="G10" s="40">
+        <v>1.4410542661864731</v>
+      </c>
+      <c r="H10" s="41">
+        <v>197493.60507232376</v>
+      </c>
+      <c r="I10" s="21">
+        <v>18.850000000000001</v>
+      </c>
+      <c r="J10" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K10" s="21">
+        <v>0.38</v>
+      </c>
+      <c r="L10" s="21">
+        <v>18.47</v>
+      </c>
+      <c r="M10" s="34"/>
+    </row>
+    <row r="11" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B11" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="17">
+        <v>126193</v>
+      </c>
+      <c r="D11" s="21">
+        <v>6.7419313901342282</v>
+      </c>
+      <c r="E11" s="18">
+        <v>6.2476652089114459</v>
+      </c>
+      <c r="F11" s="19">
+        <v>7.911214264774924E-2</v>
+      </c>
+      <c r="G11" s="40">
+        <v>0.49426618122278221</v>
+      </c>
+      <c r="H11" s="41">
+        <v>62372.932207046557</v>
+      </c>
+      <c r="I11" s="21">
+        <v>6.74</v>
+      </c>
+      <c r="J11" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K11" s="21">
+        <v>0.13</v>
+      </c>
+      <c r="L11" s="21">
+        <v>6.61</v>
+      </c>
+      <c r="M11" s="34"/>
+    </row>
+    <row r="12" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B12" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="17">
+        <v>94096</v>
+      </c>
+      <c r="D12" s="21">
+        <v>15.251912546041485</v>
+      </c>
+      <c r="E12" s="18">
+        <v>13.969672573860464</v>
+      </c>
+      <c r="F12" s="19">
+        <v>9.178740341991265E-2</v>
+      </c>
+      <c r="G12" s="40">
+        <v>1.2822399721810207</v>
+      </c>
+      <c r="H12" s="41">
+        <v>120653.65242234533</v>
+      </c>
+      <c r="I12" s="21">
+        <v>15.25</v>
+      </c>
+      <c r="J12" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K12" s="21">
+        <v>0.31</v>
+      </c>
+      <c r="L12" s="21">
+        <v>14.94</v>
+      </c>
+      <c r="M12" s="34"/>
+    </row>
+    <row r="13" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B13" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="C13" s="17">
+        <v>58140</v>
+      </c>
+      <c r="D13" s="21">
+        <v>9.3269285638780044</v>
+      </c>
+      <c r="E13" s="18">
+        <v>8.570833928185106</v>
+      </c>
+      <c r="F13" s="19">
+        <v>8.8217160900351699E-2</v>
+      </c>
+      <c r="G13" s="40">
+        <v>0.75609463569289836</v>
+      </c>
+      <c r="H13" s="41">
+        <v>43959.342119185108</v>
+      </c>
+      <c r="I13" s="21">
+        <v>9.33</v>
+      </c>
+      <c r="J13" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K13" s="21">
+        <v>0.19</v>
+      </c>
+      <c r="L13" s="21">
+        <v>9.14</v>
+      </c>
+      <c r="M13" s="34"/>
+    </row>
+    <row r="14" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B14" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" s="17">
+        <v>150858</v>
+      </c>
+      <c r="D14" s="21">
+        <v>17.057382075502687</v>
+      </c>
+      <c r="E14" s="18">
+        <v>15.884395005078547</v>
+      </c>
+      <c r="F14" s="19">
+        <v>7.3845246863296632E-2</v>
+      </c>
+      <c r="G14" s="40">
+        <v>1.1729870704241403</v>
+      </c>
+      <c r="H14" s="41">
+        <v>176954.48347004494</v>
+      </c>
+      <c r="I14" s="21">
+        <v>17.059999999999999</v>
+      </c>
+      <c r="J14" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K14" s="21">
+        <v>0.34</v>
+      </c>
+      <c r="L14" s="21">
+        <v>16.72</v>
+      </c>
+      <c r="M14" s="34"/>
+    </row>
+    <row r="15" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B15" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="17">
+        <v>45347</v>
+      </c>
+      <c r="D15" s="21">
+        <v>11.280707569606029</v>
+      </c>
+      <c r="E15" s="18">
+        <v>10.62443204221451</v>
+      </c>
+      <c r="F15" s="19">
+        <v>6.1770410388424679E-2</v>
+      </c>
+      <c r="G15" s="40">
+        <v>0.65627552739151973</v>
+      </c>
+      <c r="H15" s="41">
+        <v>29760.126340623247</v>
+      </c>
+      <c r="I15" s="21">
+        <v>11.28</v>
+      </c>
+      <c r="J15" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K15" s="21">
+        <v>0.23</v>
+      </c>
+      <c r="L15" s="21">
+        <v>11.05</v>
+      </c>
+      <c r="M15" s="34"/>
+    </row>
+    <row r="16" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B16" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="C16" s="17">
+        <v>84220</v>
+      </c>
+      <c r="D16" s="21">
+        <v>17.039336888283898</v>
+      </c>
+      <c r="E16" s="18">
+        <v>15.596119546484736</v>
+      </c>
+      <c r="F16" s="19">
+        <v>9.2536950457298373E-2</v>
+      </c>
+      <c r="G16" s="40">
+        <v>1.4432173417991621</v>
+      </c>
+      <c r="H16" s="41">
+        <v>121547.76452632542</v>
+      </c>
+      <c r="I16" s="21">
+        <v>17.04</v>
+      </c>
+      <c r="J16" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K16" s="21">
+        <v>0.34</v>
+      </c>
+      <c r="L16" s="21">
+        <v>16.7</v>
+      </c>
+      <c r="M16" s="34"/>
+    </row>
+    <row r="17" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B17" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="17">
+        <v>35565</v>
+      </c>
+      <c r="D17" s="21">
+        <v>13.199323481471438</v>
+      </c>
+      <c r="E17" s="18">
+        <v>12.352180372665799</v>
+      </c>
+      <c r="F17" s="19">
+        <v>6.8582475583038427E-2</v>
+      </c>
+      <c r="G17" s="40">
+        <v>0.84714310880563914</v>
+      </c>
+      <c r="H17" s="41">
+        <v>30128.644664672556</v>
+      </c>
+      <c r="I17" s="21">
+        <v>13.2</v>
+      </c>
+      <c r="J17" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K17" s="21">
+        <v>0.26</v>
+      </c>
+      <c r="L17" s="21">
+        <v>12.94</v>
+      </c>
+      <c r="M17" s="34"/>
+    </row>
+    <row r="18" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B18" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="11">
-[...46 lines deleted...]
-      <c r="B7" s="22" t="s">
+      <c r="C18" s="17">
+        <v>16069</v>
+      </c>
+      <c r="D18" s="21">
+        <v>20.8377779919646</v>
+      </c>
+      <c r="E18" s="18">
+        <v>19.198427471711305</v>
+      </c>
+      <c r="F18" s="19">
+        <v>8.5389833238626478E-2</v>
+      </c>
+      <c r="G18" s="40">
+        <v>1.639350520253295</v>
+      </c>
+      <c r="H18" s="41">
+        <v>26342.723509950196</v>
+      </c>
+      <c r="I18" s="21">
+        <v>20.84</v>
+      </c>
+      <c r="J18" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K18" s="21">
+        <v>0.42</v>
+      </c>
+      <c r="L18" s="21">
+        <v>20.420000000000002</v>
+      </c>
+      <c r="M18" s="34"/>
+    </row>
+    <row r="19" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B19" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="11">
-[...46 lines deleted...]
-      <c r="B8" s="22" t="s">
+      <c r="C19" s="17">
+        <v>219871</v>
+      </c>
+      <c r="D19" s="21">
+        <v>14.59598758584807</v>
+      </c>
+      <c r="E19" s="18">
+        <v>13.560317673650928</v>
+      </c>
+      <c r="F19" s="19">
+        <v>7.6375047924544859E-2</v>
+      </c>
+      <c r="G19" s="40">
+        <v>1.0356699121971413</v>
+      </c>
+      <c r="H19" s="41">
+        <v>227713.77926469766</v>
+      </c>
+      <c r="I19" s="21">
+        <v>14.6</v>
+      </c>
+      <c r="J19" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K19" s="21">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="L19" s="21">
+        <v>14.31</v>
+      </c>
+      <c r="M19" s="34"/>
+    </row>
+    <row r="20" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B20" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="C8" s="11">
-[...46 lines deleted...]
-      <c r="B9" s="22" t="s">
+      <c r="C20" s="17">
+        <v>204791</v>
+      </c>
+      <c r="D20" s="21">
+        <v>9.0872481151538906</v>
+      </c>
+      <c r="E20" s="18">
+        <v>8.5661436551496291</v>
+      </c>
+      <c r="F20" s="19">
+        <v>6.0833028371056308E-2</v>
+      </c>
+      <c r="G20" s="40">
+        <v>0.52110446000426158</v>
+      </c>
+      <c r="H20" s="41">
+        <v>106717.50346873273</v>
+      </c>
+      <c r="I20" s="21">
+        <v>9.09</v>
+      </c>
+      <c r="J20" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K20" s="21">
+        <v>0.18</v>
+      </c>
+      <c r="L20" s="21">
+        <v>8.91</v>
+      </c>
+      <c r="M20" s="34"/>
+    </row>
+    <row r="21" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B21" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="11">
-[...46 lines deleted...]
-      <c r="B10" s="22" t="s">
+      <c r="C21" s="17">
+        <v>124674</v>
+      </c>
+      <c r="D21" s="21">
+        <v>16.602950396763177</v>
+      </c>
+      <c r="E21" s="18">
+        <v>15.08718719641938</v>
+      </c>
+      <c r="F21" s="19">
+        <v>0.10046691809481434</v>
+      </c>
+      <c r="G21" s="40">
+        <v>1.5157632003437964</v>
+      </c>
+      <c r="H21" s="41">
+        <v>188976.26123966248</v>
+      </c>
+      <c r="I21" s="21">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="J21" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K21" s="21">
+        <v>0.33</v>
+      </c>
+      <c r="L21" s="21">
+        <v>16.27</v>
+      </c>
+      <c r="M21" s="34"/>
+    </row>
+    <row r="22" spans="2:13" x14ac:dyDescent="0.3">
+      <c r="B22" s="16" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="11">
-[...46 lines deleted...]
-      <c r="B11" s="22" t="s">
+      <c r="C22" s="17">
+        <v>135955</v>
+      </c>
+      <c r="D22" s="21">
+        <v>11.685183909605831</v>
+      </c>
+      <c r="E22" s="18">
+        <v>10.785124685750219</v>
+      </c>
+      <c r="F22" s="19">
+        <v>8.3453761554079131E-2</v>
+      </c>
+      <c r="G22" s="40">
+        <v>0.90005922385561199</v>
+      </c>
+      <c r="H22" s="41">
+        <v>122367.55177928973</v>
+      </c>
+      <c r="I22" s="21">
+        <v>11.69</v>
+      </c>
+      <c r="J22" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="K22" s="21">
+        <v>0.23</v>
+      </c>
+      <c r="L22" s="21">
+        <v>11.46</v>
+      </c>
+      <c r="M22" s="34"/>
+    </row>
+    <row r="23" spans="2:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="11">
-[...46 lines deleted...]
-      <c r="B12" s="22" t="s">
+      <c r="C23" s="23">
+        <v>189617</v>
+      </c>
+      <c r="D23" s="27">
+        <v>15.504356195604995</v>
+      </c>
+      <c r="E23" s="24">
+        <v>14.018227619351654</v>
+      </c>
+      <c r="F23" s="25">
+        <v>0.10601401379742148</v>
+      </c>
+      <c r="G23" s="42">
+        <v>1.4861285762533409</v>
+      </c>
+      <c r="H23" s="43">
+        <v>281795.24224342976</v>
+      </c>
+      <c r="I23" s="27">
+        <v>15.5</v>
+      </c>
+      <c r="J23" s="25">
+        <v>0.02</v>
+      </c>
+      <c r="K23" s="27">
+        <v>0.31</v>
+      </c>
+      <c r="L23" s="27">
+        <v>15.19</v>
+      </c>
+      <c r="M23" s="34"/>
+    </row>
+    <row r="24" spans="2:13" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="11">
-[...1462 lines deleted...]
-      </c>
+      <c r="C24" s="29">
+        <v>2893128</v>
+      </c>
+      <c r="D24" s="33">
+        <v>16.811786188011194</v>
+      </c>
+      <c r="E24" s="30">
+        <v>15.476160463480218</v>
+      </c>
+      <c r="F24" s="31">
+        <v>8.6302137257022515E-2</v>
+      </c>
+      <c r="G24" s="44">
+        <v>1.3356257245309779</v>
+      </c>
+      <c r="H24" s="45">
+        <v>3864136.1811608593</v>
+      </c>
+      <c r="I24" s="33">
+        <v>16.809999999999999</v>
+      </c>
+      <c r="J24" s="31">
+        <v>0.02</v>
+      </c>
+      <c r="K24" s="33">
+        <v>0.34</v>
+      </c>
+      <c r="L24" s="33">
+        <v>16.48</v>
+      </c>
+      <c r="M24" s="34"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="57" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
-[...1477 lines deleted...]
-  <pageSetup scale="98" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup scale="95" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LIA HHS&amp;RDraft and Confidential</oddHeader>
     <oddFooter>&amp;L&amp;F | &amp;A&amp;R&amp;G</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
     <xsd:element name="properties">
       <xsd:complexType>
@@ -10095,92 +7578,84 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{040A78F6-F305-45A6-BBF8-01B3B66B378E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C01472D2-9412-424E-8B25-30FAE98832F1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E0EF0F4-A5BC-4E8F-8E86-A0617AE27FE0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FB6870E-8AF8-4F6F-AC88-4E79E51EEA12}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B732E2BA-43E7-4A9B-B598-9C49E8C9E3CA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D949A5A1-EF48-4093-932E-6697A5A92BFC}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Appendix I.A</vt:lpstr>
       <vt:lpstr>Appendix I.B</vt:lpstr>
       <vt:lpstr>Appendix I.C</vt:lpstr>
       <vt:lpstr>Appendix I.D</vt:lpstr>
-      <vt:lpstr>Appendix I.E</vt:lpstr>
-[...6 lines deleted...]
-      <vt:lpstr>'Appendix I.F'!Print_Area</vt:lpstr>
       <vt:lpstr>'Appendix I.A'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Appendix I.B'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Morgan Mullenmeister</dc:creator>
+  <dc:creator>Troy Ewing</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>