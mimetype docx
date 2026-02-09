--- v0 (2025-11-04)
+++ v1 (2026-02-09)
@@ -93,61 +93,78 @@
           <w:rFonts w:ascii="Work Sans" w:hAnsi="Work Sans" w:eastAsia="" w:cs="" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:color w:val="02303C" w:themeColor="accent1" w:themeTint="FF" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00AB23D7" w:rsidR="00AB23D7" w:rsidP="00AB23D7" w:rsidRDefault="00AB23D7" w14:paraId="0278B7B2" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB23D7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Policy </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009854BA" w:rsidR="009854BA" w:rsidP="009854BA" w:rsidRDefault="009854BA" w14:paraId="38D23765" w14:textId="77777777">
-      <w:r w:rsidRPr="009854BA">
+    <w:p w:rsidRPr="009854BA" w:rsidR="009854BA" w:rsidP="009854BA" w:rsidRDefault="009854BA" w14:paraId="38D23765" w14:textId="79FA9869">
+      <w:r w:rsidR="009854BA">
+        <w:rPr/>
         <w:t xml:space="preserve">This childcare center/home prohibits the use of any tobacco, vape, or nicotine products. Tobacco, vape, and nicotine products include, but are not limited </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="009854BA">
+      <w:r w:rsidR="009854BA">
+        <w:rPr/>
         <w:t>to:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> cigarettes, cigars, chew, other tobacco or tobacco-like products, vapes, and all nicotine products approved by the Food and Drug Administration (FDA) for tobacco cessation. Check all that apply: </w:t>
+      <w:r w:rsidR="009854BA">
+        <w:rPr/>
+        <w:t xml:space="preserve"> cigarettes, cigars, chew, other </w:t>
+      </w:r>
+      <w:r w:rsidR="009854BA">
+        <w:rPr/>
+        <w:t>tobacco</w:t>
+      </w:r>
+      <w:r w:rsidR="009854BA">
+        <w:rPr/>
+        <w:t xml:space="preserve"> or tobacco-like products, vapes, and all nicotine products </w:t>
+      </w:r>
+      <w:r w:rsidR="5C338277">
+        <w:rPr/>
+        <w:t xml:space="preserve">not </w:t>
+      </w:r>
+      <w:r w:rsidR="009854BA">
+        <w:rPr/>
+        <w:t>approved by the Food and Drug Administration (FDA) for tobacco cessation. Check all that apply: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009854BA" w:rsidR="009854BA" w:rsidP="009854BA" w:rsidRDefault="009854BA" w14:paraId="73A3F55B" w14:textId="59856326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009854BA">
         <w:t>​​This policy includes the grounds of the center/home. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009854BA" w:rsidR="009854BA" w:rsidP="009854BA" w:rsidRDefault="009854BA" w14:paraId="740891D3" w14:textId="2F7A053E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009854BA">
         <w:t>​​This policy applies to all enclosed areas of the center/home. </w:t>
       </w:r>
@@ -4919,53 +4936,55 @@
     <w:rsid w:val="00967CE9"/>
     <w:rsid w:val="009800A3"/>
     <w:rsid w:val="009854BA"/>
     <w:rsid w:val="009B5B7D"/>
     <w:rsid w:val="009C63F9"/>
     <w:rsid w:val="009E560F"/>
     <w:rsid w:val="00A57921"/>
     <w:rsid w:val="00A63588"/>
     <w:rsid w:val="00A828ED"/>
     <w:rsid w:val="00AB23D7"/>
     <w:rsid w:val="00B33E59"/>
     <w:rsid w:val="00B64635"/>
     <w:rsid w:val="00BD086C"/>
     <w:rsid w:val="00D36BC3"/>
     <w:rsid w:val="00D817D2"/>
     <w:rsid w:val="00DA1414"/>
     <w:rsid w:val="00DE0E1F"/>
     <w:rsid w:val="00E368B6"/>
     <w:rsid w:val="00E56796"/>
     <w:rsid w:val="00E84ABA"/>
     <w:rsid w:val="00ED0FA2"/>
     <w:rsid w:val="00F707FA"/>
     <w:rsid w:val="00FA5524"/>
     <w:rsid w:val="00FD1645"/>
     <w:rsid w:val="00FF1CD1"/>
+    <w:rsid w:val="0E1F312D"/>
     <w:rsid w:val="16419D38"/>
     <w:rsid w:val="2A496906"/>
     <w:rsid w:val="38CE03BD"/>
+    <w:rsid w:val="5C338277"/>
     <w:rsid w:val="72CBB5E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -6582,51 +6601,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\tgerdne0\Downloads\HHS%20Letterhead%20Basic%20(2).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Gov Office 2024 theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Gov Office 2024 theme">
   <a:themeElements>
     <a:clrScheme name="Gov Office Swatches">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="4B4D4F"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="04627A"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C6D668"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="E0A626"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="18405B"/>
@@ -6822,52 +6841,52 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="09230b11-9f30-45b8-8191-3ae2895b0fe9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A49BEC97D6A9D142801E712CD21977B1" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c4551e231d0de49ac6bb04b1f811c9c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="09230b11-9f30-45b8-8191-3ae2895b0fe9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="92ef34aa10defe79ad630e2c2dd096ba" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A49BEC97D6A9D142801E712CD21977B1" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4516eda0407dc80b42bb685e03782d22">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="09230b11-9f30-45b8-8191-3ae2895b0fe9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2f26182e4cb7af7a2ce3a6d851d955b1" ns2:_="">
     <xsd:import namespace="09230b11-9f30-45b8-8191-3ae2895b0fe9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -7045,66 +7064,66 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f88e24f3-da62-4d13-8742-1b7075cad43b"/>
     <ds:schemaRef ds:uri="07f02910-0123-428f-bbba-f09bb309b044"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9050790-BAB1-499C-A13B-4055AEA70B43}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{428CCDF9-9ADC-4F3D-9340-4087C00B0792}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{286D1BDF-8AE6-4E0E-B884-297498202864}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA96A3F7-2633-4225-84A5-6E6BEC163F8F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>HHS Letterhead Basic (2)</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gerdner, Tabetha [HHS]</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Gerdner, Tabetha [HHS]</lastModifiedBy>
-  <revision>4</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A49BEC97D6A9D142801E712CD21977B1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>