--- v0 (2025-12-15)
+++ v1 (2026-02-09)
@@ -178,407 +178,469 @@
         <w:t>Section 1: Basic Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9805" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4765"/>
         <w:gridCol w:w="5040"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009669C8" w:rsidRPr="00A71E0C" w14:paraId="57175508" w14:textId="6FA3BB28" w:rsidTr="009669C8">
+      <w:tr w:rsidR="009669C8" w:rsidRPr="001E4340" w14:paraId="57175508" w14:textId="6FA3BB28" w:rsidTr="009669C8">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58F9A2C7" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="58F9A2C7" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Name</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HoH Name</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F9A8CC6" w14:textId="7AA2F764" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="2F9A8CC6" w14:textId="7AA2F764" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="808080"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-993172579"/>
                 <w:placeholder>
                   <w:docPart w:val="42BAD022B13A44BAB8DCD5117E94981B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A71E0C">
+                <w:r w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC39A44" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="4DC39A44" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date Referral Received</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26A4B003" w14:textId="64020070" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="26A4B003" w14:textId="64020070" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="808080"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1500184096"/>
                 <w:placeholder>
                   <w:docPart w:val="B8CA7CB1F6994152832307EEDE36EAD7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A71E0C">
+                <w:r w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009669C8" w:rsidRPr="00A71E0C" w14:paraId="6EB5C9FA" w14:textId="159A5FD3" w:rsidTr="009669C8">
+      <w:tr w:rsidR="009669C8" w:rsidRPr="001E4340" w14:paraId="6EB5C9FA" w14:textId="159A5FD3" w:rsidTr="009669C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64503D7F" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="64503D7F" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recruitment Start Date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A977024" w14:textId="75541649" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="0A977024" w14:textId="75541649" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1262022213"/>
                 <w:placeholder>
                   <w:docPart w:val="6E8DB19C5B3E4592B00F0979D4982823"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009669C8" w:rsidRPr="00A71E0C">
+                <w:r w:rsidR="009669C8" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31577234" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="31577234" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Referral Source</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24F2EEFD" w14:textId="02C50345" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="24F2EEFD" w14:textId="02C50345" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="808080"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="926001023"/>
                 <w:placeholder>
                   <w:docPart w:val="0C51FE945D6041CBBF47F4662B547CB7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A71E0C">
+                <w:r w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009669C8" w:rsidRPr="00A71E0C" w14:paraId="381FEA19" w14:textId="3AED7B09" w:rsidTr="009669C8">
+      <w:tr w:rsidR="009669C8" w:rsidRPr="001E4340" w14:paraId="381FEA19" w14:textId="3AED7B09" w:rsidTr="009669C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14F4DD27" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="14F4DD27" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of Eligibility Determination</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ECBB65E" w14:textId="10D4D5B2" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="0ECBB65E" w14:textId="10D4D5B2" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="808080"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="808080"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="329722364"/>
                 <w:placeholder>
                   <w:docPart w:val="3A0E58EAE1174F8A9519501E68C8F479"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A71E0C">
+                <w:r w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="308AEAB1" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="308AEAB1" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of FaDSS Staff </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="722AC180" w14:textId="5C5A62E3" w:rsidR="009669C8" w:rsidRPr="00A71E0C" w:rsidRDefault="009669C8" w:rsidP="009669C8">
+          <w:p w14:paraId="722AC180" w14:textId="5C5A62E3" w:rsidR="009669C8" w:rsidRPr="001E4340" w:rsidRDefault="009669C8" w:rsidP="009669C8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71E0C">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="808080"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-99886199"/>
                 <w:placeholder>
                   <w:docPart w:val="02BA100944A149BF92BAE9E9982612E6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A71E0C">
+                <w:r w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="419DE918" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="00637936" w:rsidRDefault="00856876" w:rsidP="009669C8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637936">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Section 2: Categorical Eligibility</w:t>
       </w:r>
@@ -590,51 +652,51 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00232B94">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Is the household currently receiving FIP cash assistance or participating in PROMISE JOBS?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54729ED1" w14:textId="6EA727C5" w:rsidR="00856876" w:rsidRPr="00232B94" w:rsidRDefault="00876C4B" w:rsidP="00856876">
+    <w:p w14:paraId="54729ED1" w14:textId="6EA727C5" w:rsidR="00856876" w:rsidRPr="00232B94" w:rsidRDefault="006C7DF8" w:rsidP="00856876">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -785,51 +847,51 @@
           </w:rPr>
           <w:id w:val="-486090613"/>
           <w:placeholder>
             <w:docPart w:val="842356652CBD46F0ADF9B10D5D07DCF3"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Garamond"/>
             <w:color w:val="808080"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00232B94">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="808080"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6A38FA8F" w14:textId="66BA7C88" w:rsidR="00856876" w:rsidRPr="00232B94" w:rsidRDefault="00876C4B" w:rsidP="00856876">
+    <w:p w14:paraId="6A38FA8F" w14:textId="66BA7C88" w:rsidR="00856876" w:rsidRPr="00232B94" w:rsidRDefault="006C7DF8" w:rsidP="00856876">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="73168328"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -862,1303 +924,1303 @@
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637936">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Section 3: Required Family Member Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2335"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="2250"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="5847F5E1" w14:textId="77777777" w:rsidTr="009669C8">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="5847F5E1" w14:textId="77777777" w:rsidTr="009669C8">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2115E67F" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="2115E67F" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Family Member Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60385779" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="60385779" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C80A5C8" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="6C80A5C8" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E64C7EB" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="1E64C7EB" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Required Documentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B564955" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="1B564955" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Verification Documentation &amp; Date Verified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="1A7C1D56" w14:textId="77777777" w:rsidTr="009669C8">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="1A7C1D56" w14:textId="77777777" w:rsidTr="009669C8">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="204A458F" w14:textId="309E53F2" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="204A458F" w14:textId="309E53F2" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Head of Household</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C5B4FCC" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="5C5B4FCC" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-228453011"/>
                 <w:placeholder>
                   <w:docPart w:val="5D9824FB44364AB3B96F624FE8652D3E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36111E93" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="36111E93" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1118972323"/>
                 <w:placeholder>
                   <w:docPart w:val="92E8C031B3034D8D9DFC308268AC1835"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49CEC298" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="49CEC298" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Proof of SSN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0C2F37" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="1C0C2F37" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1552726709"/>
                 <w:placeholder>
                   <w:docPart w:val="99B29B3843BB48E0826E4D63E58D8B3F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="1B56A838" w14:textId="77777777" w:rsidTr="009669C8">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="1B56A838" w14:textId="77777777" w:rsidTr="009669C8">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="501AC170" w14:textId="45072AE7" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="501AC170" w14:textId="45072AE7" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Dependent child </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7BBD35" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="2D7BBD35" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1166700207"/>
                 <w:placeholder>
                   <w:docPart w:val="38EB7DF0355C468BA899B506588DFB2D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1653B8" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="7F1653B8" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1984806104"/>
                 <w:placeholder>
                   <w:docPart w:val="629CE8FAE2AA4820A7F4F1471DBFDFB5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1696C643" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="1696C643" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Proof of SSN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3140BB1A" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="3140BB1A" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1874271780"/>
                 <w:placeholder>
                   <w:docPart w:val="748423A9B5EC46AFB89B03FA1F0F95E0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="0B4190F1" w14:textId="77777777" w:rsidTr="009669C8">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="0B4190F1" w14:textId="77777777" w:rsidTr="009669C8">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="668022AA" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="668022AA" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-811479843"/>
                 <w:placeholder>
                   <w:docPart w:val="18A999C272C14FCC964718E0B7E39D31"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="009669C8">
+                <w:r w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBEC80C" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="5CBEC80C" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="507100055"/>
                 <w:placeholder>
                   <w:docPart w:val="1C1A64F4EBF4493BB6FD9EEF125C6D80"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E0D4A9B" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="1E0D4A9B" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="285779459"/>
                 <w:placeholder>
                   <w:docPart w:val="8E14F4234D0B4CDF83A5F14D04B0287D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF3D267" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="7EF3D267" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Not Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ADBBF2A" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="6ADBBF2A" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Not Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="211E838A" w14:textId="77777777" w:rsidTr="009669C8">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="211E838A" w14:textId="77777777" w:rsidTr="009669C8">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E18C78" w14:textId="3F05BE67" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="69E18C78" w14:textId="3F05BE67" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1058979612"/>
                 <w:placeholder>
                   <w:docPart w:val="350757C05DEE40B6ACA2D4A21B2E5F2C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="009669C8">
+                <w:r w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD6CDE9" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="0CD6CDE9" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-328904820"/>
                 <w:placeholder>
                   <w:docPart w:val="76826E6DB6E24DC4A862BCC16E07EF40"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27A60FDB" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="27A60FDB" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="751938115"/>
                 <w:placeholder>
                   <w:docPart w:val="66358B926E22496994530CE7CDDEE760"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28BAFE7B" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="28BAFE7B" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Not Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28C177D2" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="28C177D2" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Not Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="50AE39B2" w14:textId="77777777" w:rsidTr="009669C8">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="50AE39B2" w14:textId="77777777" w:rsidTr="009669C8">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="326CC6C8" w14:textId="5A665121" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="326CC6C8" w14:textId="5A665121" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-761763909"/>
                 <w:placeholder>
                   <w:docPart w:val="A559B6A5232D4AD68C5C3DF653477326"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1212AB4B" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="1212AB4B" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="886991079"/>
                 <w:placeholder>
                   <w:docPart w:val="D747765180F746AFA84A7DA4FB9E3230"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71421E68" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="71421E68" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-820961682"/>
                 <w:placeholder>
                   <w:docPart w:val="D6D2F327700B454A964EA5A6731995C4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10956489" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="10956489" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Not Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3E8CD9" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="4E3E8CD9" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Not Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="4E8A4984" w14:textId="77777777" w:rsidTr="009669C8">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="4E8A4984" w14:textId="77777777" w:rsidTr="009669C8">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58B23957" w14:textId="2243456B" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="58B23957" w14:textId="2243456B" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1922943483"/>
                 <w:placeholder>
                   <w:docPart w:val="B5658CBD93AF445EB8C61740722013AE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="484EAE53" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="484EAE53" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1088147297"/>
                 <w:placeholder>
                   <w:docPart w:val="82C4585E491249E68568F9E5CBB936B2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D827953" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="009669C8">
+          <w:p w14:paraId="0D827953" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="006C7DF8" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="842287786"/>
                 <w:placeholder>
                   <w:docPart w:val="C98D9E48804D45268949CAF7B1FA9632"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
+                <w:r w:rsidR="00856876" w:rsidRPr="001E4340">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61753074" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="61753074" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Not Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67D0C108" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="67D0C108" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Not Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6010DE2A" w14:textId="77777777" w:rsidR="0043718B" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2230,51 +2292,51 @@
       <w:r w:rsidRPr="00637936">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Section 4: Income Verification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="786221C7" w14:textId="4171C526" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Is the household currently receiving SNAP benefits?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B6C77A" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="67B6C77A" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -2425,51 +2487,51 @@
           </w:rPr>
           <w:id w:val="1907035280"/>
           <w:placeholder>
             <w:docPart w:val="774BA7DA4EDF4A439EA08A5BD34FF0D2"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Garamond"/>
             <w:color w:val="808080"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009669C8">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="808080"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="47A1FB62" w14:textId="44A52629" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="47A1FB62" w14:textId="44A52629" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -2510,51 +2572,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C21FED3" w14:textId="77777777" w:rsidR="009669C8" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009669C8">
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Option 1: 30-Day Lookback</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C35C9FA" w14:textId="2F39B86C" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="2C35C9FA" w14:textId="2F39B86C" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-168954716"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -5640,662 +5702,699 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64EDDA14" w14:textId="77777777" w:rsidR="00A30829" w:rsidRDefault="00A30829" w:rsidP="00856876">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A30829" w:rsidSect="002C4DD0">
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="446" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="381"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17EF275B" w14:textId="30F27C9B" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+    <w:p w14:paraId="17EF275B" w14:textId="16CC8DD8" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Figure 1. 2025</w:t>
+        <w:t>Figure 1. 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0024426F">
+        <w:rPr>
+          <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="001B55B8" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Monthly</w:t>
       </w:r>
       <w:r w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Federal Poverty Limits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="2025 Federal Poverty Monthly Limits"/>
         <w:tblDescription w:val="Table shows the the amount of income that meets the 175% federal poverty limit for eligibility by family size in 2025. The left column is the number of family members in the household. The right column shows what the maximum income that a household could have a month to be within 175% of the federal poverty level."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1885"/>
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="5BC662A5" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="5BC662A5" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5575" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2216B264" w14:textId="70043577" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="2216B264" w14:textId="482EBE92" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2025 Monthly Income Limits</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="0024426F" w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Monthly Income Limits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="492CE48D" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="492CE48D" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64C3363F" w14:textId="05A633C7" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="64C3363F" w14:textId="05A633C7" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Family Size</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3004F4B7" w14:textId="6E85FD86" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="3004F4B7" w14:textId="6E85FD86" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009669C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>175% Federal Poverty Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="56BFBF96" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="001E4340" w:rsidRPr="001E4340" w14:paraId="56BFBF96" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A48C76B" w14:textId="255BF797" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="5A48C76B" w14:textId="255BF797" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="351737AD" w14:textId="5E3FFE86" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="351737AD" w14:textId="6B28D28B" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
-[...6 lines deleted...]
-              <w:t>$2,283</w:t>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$2,328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="5EF4BE5C" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="001E4340" w:rsidRPr="001E4340" w14:paraId="5EF4BE5C" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1525D23C" w14:textId="543623B6" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="1525D23C" w14:textId="543623B6" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66FEFB1F" w14:textId="35941FDF" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="66FEFB1F" w14:textId="6B494117" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
-[...6 lines deleted...]
-              <w:t>$3,085</w:t>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$3,156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="5C16EE42" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="001E4340" w:rsidRPr="001E4340" w14:paraId="5C16EE42" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E37B10D" w14:textId="3C04DE60" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="6E37B10D" w14:textId="3C04DE60" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6990338F" w14:textId="632D2BFB" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="6990338F" w14:textId="2D6F81FA" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
-[...6 lines deleted...]
-              <w:t>$3,887</w:t>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$3,984</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="45DEAAC8" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="001E4340" w:rsidRPr="001E4340" w14:paraId="45DEAAC8" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76BF36BC" w14:textId="21D3D9E0" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="76BF36BC" w14:textId="21D3D9E0" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20A3C58E" w14:textId="7759FF95" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="20A3C58E" w14:textId="2F929B09" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
-[...6 lines deleted...]
-              <w:t>$4,689</w:t>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$4,813</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="7694D5C0" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="001E4340" w:rsidRPr="001E4340" w14:paraId="7694D5C0" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26241180" w14:textId="575A2769" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="26241180" w14:textId="575A2769" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50C02694" w14:textId="4080E894" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="50C02694" w14:textId="46A0FA7B" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
-[...6 lines deleted...]
-              <w:t>$5,491</w:t>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$5,641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="0E743939" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="001E4340" w:rsidRPr="001E4340" w14:paraId="0E743939" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="181E2D99" w14:textId="38A6DA76" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="181E2D99" w14:textId="38A6DA76" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58C81255" w14:textId="30C123EB" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="58C81255" w14:textId="6E43CB6B" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
-[...6 lines deleted...]
-              <w:t>$6,293</w:t>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$6,469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="6EBBBE96" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="001E4340" w:rsidRPr="001E4340" w14:paraId="6EBBBE96" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0494835F" w14:textId="591F905A" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="0494835F" w14:textId="591F905A" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50808D5B" w14:textId="50052161" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="50808D5B" w14:textId="54B5C491" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
-[...6 lines deleted...]
-              <w:t>$7,095</w:t>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$7,298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="02D4F463" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="001E4340" w:rsidRPr="001E4340" w14:paraId="02D4F463" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79426589" w14:textId="2AF1C40F" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="79426589" w14:textId="2AF1C40F" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="033E29C4" w14:textId="3565EDE6" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="033E29C4" w14:textId="0CB97799" w:rsidR="001E4340" w:rsidRPr="001E4340" w:rsidRDefault="001E4340" w:rsidP="001E4340">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
-[...6 lines deleted...]
-              <w:t>$7,897</w:t>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$8,126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856876" w:rsidRPr="009669C8" w14:paraId="5E37DA66" w14:textId="77777777" w:rsidTr="002C4DD0">
+      <w:tr w:rsidR="00856876" w:rsidRPr="001E4340" w14:paraId="5E37DA66" w14:textId="77777777" w:rsidTr="002C4DD0">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5575" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="680335E7" w14:textId="6C64F8A4" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="009669C8">
+          <w:p w14:paraId="680335E7" w14:textId="09FB77CE" w:rsidR="00856876" w:rsidRPr="001E4340" w:rsidRDefault="00856876" w:rsidP="009669C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4DD0">
+            <w:r w:rsidRPr="001E4340">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>For each additional person beyond 8, add $802.</w:t>
+              <w:t>For each additional person beyond 8, add $</w:t>
+            </w:r>
+            <w:r w:rsidR="001E4340" w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>828</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E4340">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="53CF0294" w14:textId="77777777" w:rsidR="009669C8" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637936">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Section 5: At-Risk Criteria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498114F9" w14:textId="47A2C1FB" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
@@ -6306,51 +6405,51 @@
       </w:pPr>
       <w:r w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Select all that apply (based on family self-disclosure)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780E7569" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Education level of Head of Household</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DBB3EFE" w14:textId="5D1F7F6E" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="5DBB3EFE" w14:textId="5D1F7F6E" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -6374,51 +6473,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Less than a high school education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736C8E3B" w14:textId="1C688CCF" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="736C8E3B" w14:textId="1C688CCF" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -6461,51 +6560,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lacks basic literacy skills</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26996638" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Work Experience of Head of Household</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F344B0" w14:textId="71EE9F9D" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="65F344B0" w14:textId="71EE9F9D" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -6540,51 +6639,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Never </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>been employed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="409F05AE" w14:textId="6A6E2FA3" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="409F05AE" w14:textId="6A6E2FA3" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -6608,51 +6707,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Multiple episodes of employment lasting less than one year</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA9B3B6" w14:textId="202665BF" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="2FA9B3B6" w14:textId="202665BF" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -6695,51 +6794,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Currently unemployed</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C601C3E" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Household Composition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E28492C" w14:textId="7C1A0894" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="2E28492C" w14:textId="7C1A0894" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -6763,51 +6862,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Members are homeless or nearly homeless</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8BDDDF" w14:textId="0DC81ED0" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="5A8BDDDF" w14:textId="0DC81ED0" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -6831,51 +6930,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Members outside the nuclear family are in residence</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42CB9964" w14:textId="5152CD94" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="42CB9964" w14:textId="5152CD94" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -6899,51 +6998,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>One or more children in the household were born while the parent was on public assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C861F4" w14:textId="70A5938F" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="17C861F4" w14:textId="70A5938F" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -6967,51 +7066,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>One or more children in the household are identified as having special needs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D629232" w14:textId="1B1ACB43" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="7D629232" w14:textId="1B1ACB43" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7046,51 +7145,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Household includes an alcohol or substance </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>abuser</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="498F9015" w14:textId="6DF49BFC" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="498F9015" w14:textId="6DF49BFC" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7114,51 +7213,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Household includes a past or current perpetrator of child abuse or domestic violence</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239762A7" w14:textId="5C10F9CC" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="239762A7" w14:textId="5C10F9CC" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7201,51 +7300,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Household includes a member with a record of incarceration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B05F2A" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Background of Head of Household</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="663F6E1A" w14:textId="124BECA4" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="663F6E1A" w14:textId="124BECA4" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7269,51 +7368,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Head of Household was a teenager at birth of first child</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6FBCDB" w14:textId="05C207C7" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="2A6FBCDB" w14:textId="05C207C7" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7337,51 +7436,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Head of Household has a disability or chronic illness (mental or physical)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BACED23" w14:textId="7FB1199B" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="1BACED23" w14:textId="7FB1199B" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7405,51 +7504,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Head of Household is a past or current victim of child abuse or domestic violence</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54120771" w14:textId="483057FA" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="54120771" w14:textId="483057FA" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7489,54 +7588,55 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Head of Household grew up in a household with alcohol or substance abuse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B46EF0" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Public Assistance History </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F10D4D0" w14:textId="01ABF7A7" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="6F10D4D0" w14:textId="01ABF7A7" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7560,51 +7660,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Head of Household grew up in a household that received public assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C1116B" w14:textId="3D486F60" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="73C1116B" w14:textId="3D486F60" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7628,51 +7728,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Household has experienced multiple episodes of receipt of public assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C61867" w14:textId="1EE58813" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="50C61867" w14:textId="1EE58813" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7715,51 +7815,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Household has been on public assistance for three or more years</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA2FBDC" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Other Conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A51BF6" w14:textId="66A21558" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="39A51BF6" w14:textId="66A21558" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7783,51 +7883,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Geographic location </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2E7B92" w14:textId="7319C601" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="0E2E7B92" w14:textId="7319C601" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7862,51 +7962,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lack of employment </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>opportunity</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2847434B" w14:textId="3ECE09ED" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="2847434B" w14:textId="3ECE09ED" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -7930,51 +8030,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="009669C8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lack of available services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50ED5103" w14:textId="015FA2CA" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="50ED5103" w14:textId="015FA2CA" w:rsidR="00856876" w:rsidRPr="009669C8" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
             <w:sz w:val="24"/>
@@ -8020,51 +8120,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1837BC93" w14:textId="77777777" w:rsidR="00856876" w:rsidRPr="00637936" w:rsidRDefault="00856876" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637936">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Section 6:  Review of Initial Eligibility Determination</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4A035C" w14:textId="2B375758" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="2D4A035C" w14:textId="2B375758" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -8129,51 +8229,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
       <w:r w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> all of the following criteria have been confirmed:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6F6C77" w14:textId="0163A4DF" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="2A6F6C77" w14:textId="0163A4DF" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -8197,51 +8297,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Family resides in Iowa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B1946B4" w14:textId="543A32E3" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="2B1946B4" w14:textId="543A32E3" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -8265,51 +8365,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Family has dependent child(ren) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AC16D7B" w14:textId="58E1D0A9" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="1AC16D7B" w14:textId="58E1D0A9" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -8323,72 +8423,61 @@
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00856876" w:rsidRPr="002C4DD0">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00856876" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>HoH</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> and at least one dependent child has SSNs </w:t>
+        <w:t xml:space="preserve">HoH and at least one dependent child has SSNs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3769BE32" w14:textId="521CBCDD" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="3769BE32" w14:textId="521CBCDD" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -8412,51 +8501,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The family meets one or more approved at-risk criteria </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB258D5" w14:textId="449F26E1" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="6EB258D5" w14:textId="449F26E1" w:rsidR="00856876" w:rsidRPr="002C4DD0" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000"/>
@@ -8480,51 +8569,51 @@
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="002C4DD0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The family is at or below 175% of the federal poverty level based on size </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0B8E47" w14:textId="1D2C52BC" w:rsidR="00856876" w:rsidRPr="00637936" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="5E0B8E47" w14:textId="1D2C52BC" w:rsidR="00856876" w:rsidRPr="00637936" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Work Sans" w:eastAsia="MS Gothic" w:hAnsi="Work Sans" w:cs="MS Gothic"/>
@@ -8553,51 +8642,51 @@
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C4DD0">
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="MS Gothic" w:hAnsi="Work Sans" w:cs="MS Gothic"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00856876" w:rsidRPr="00637936">
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eligible</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5E1B7F" w14:textId="5B763FF1" w:rsidR="00856876" w:rsidRPr="00637936" w:rsidRDefault="00876C4B" w:rsidP="002C4DD0">
+    <w:p w14:paraId="7C5E1B7F" w14:textId="5B763FF1" w:rsidR="00856876" w:rsidRPr="00637936" w:rsidRDefault="006C7DF8" w:rsidP="002C4DD0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Work Sans" w:eastAsia="Calibri" w:hAnsi="Work Sans" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Work Sans" w:eastAsia="MS Gothic" w:hAnsi="Work Sans" w:cs="MS Gothic"/>
@@ -8822,111 +8911,175 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Work Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000E07B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="19BD4096" w14:textId="592220BB" w:rsidR="00284F5F" w:rsidRPr="00284F5F" w:rsidRDefault="00284F5F" w:rsidP="00284F5F">
+  <w:p w14:paraId="19BD4096" w14:textId="4E020067" w:rsidR="00284F5F" w:rsidRPr="00284F5F" w:rsidRDefault="00284F5F" w:rsidP="00284F5F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00284F5F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>470-0233 (10/25)</w:t>
+      <w:t>470-0233 (</w:t>
+    </w:r>
+    <w:r w:rsidR="0024426F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>01</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00284F5F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="0024426F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00284F5F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5E814920" w14:textId="571C80F1" w:rsidR="00284F5F" w:rsidRPr="00284F5F" w:rsidRDefault="00284F5F">
+  <w:p w14:paraId="5E814920" w14:textId="6760121E" w:rsidR="00284F5F" w:rsidRPr="00284F5F" w:rsidRDefault="00284F5F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00284F5F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>470-0233 (10/25)</w:t>
+      <w:t>470-0233 (</w:t>
+    </w:r>
+    <w:r w:rsidR="0024426F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>01</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00284F5F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="0024426F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00284F5F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7B683BF4" w14:textId="77777777" w:rsidR="00856876" w:rsidRDefault="00856876" w:rsidP="005B08C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="34D9F475" w14:textId="77777777" w:rsidR="00856876" w:rsidRDefault="00856876" w:rsidP="005B08C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8968,143 +9121,149 @@
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2286000" cy="260138"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ozx/H5Zw59Ts//lqkejJ0LZC6XwzE87mtJRWMKNUqOhY3k61ELj/W2xO9bStrSaZSkyvSND3+udsnqXSDrVvOQ==" w:salt="O4Daa3/VoklaInK9/aHd8w=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zzR/qkHVw8KKDawYVH70Kxf1JEVxaYCpvrhrc9olEIsgB/n/fVGXGxW5vgBXVSjucH/KFvcIru26vr1dPf15lw==" w:salt="rZGpg22yvcYGUx5g0C1N0Q=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00856876"/>
     <w:rsid w:val="00051975"/>
     <w:rsid w:val="00072627"/>
     <w:rsid w:val="000F4437"/>
     <w:rsid w:val="00104F4C"/>
     <w:rsid w:val="00112139"/>
     <w:rsid w:val="001522FA"/>
     <w:rsid w:val="00166ACC"/>
     <w:rsid w:val="001B55B8"/>
+    <w:rsid w:val="001E4340"/>
     <w:rsid w:val="001E7409"/>
     <w:rsid w:val="001F66B9"/>
     <w:rsid w:val="00211881"/>
     <w:rsid w:val="00216E4C"/>
     <w:rsid w:val="00232B94"/>
     <w:rsid w:val="00236574"/>
+    <w:rsid w:val="0024426F"/>
     <w:rsid w:val="00262D4C"/>
     <w:rsid w:val="00284F5F"/>
     <w:rsid w:val="002B6AE6"/>
     <w:rsid w:val="002C13E5"/>
     <w:rsid w:val="002C3B46"/>
     <w:rsid w:val="002C4DD0"/>
     <w:rsid w:val="002C6077"/>
     <w:rsid w:val="002E2036"/>
     <w:rsid w:val="00342B93"/>
     <w:rsid w:val="00371D32"/>
     <w:rsid w:val="0043718B"/>
     <w:rsid w:val="00477AB0"/>
     <w:rsid w:val="004D740E"/>
     <w:rsid w:val="00521A34"/>
     <w:rsid w:val="005B08C8"/>
     <w:rsid w:val="005F2104"/>
     <w:rsid w:val="00617DD6"/>
     <w:rsid w:val="00637936"/>
     <w:rsid w:val="006A32FF"/>
     <w:rsid w:val="006C5EE4"/>
+    <w:rsid w:val="006C7DF8"/>
+    <w:rsid w:val="007044DB"/>
     <w:rsid w:val="00733588"/>
     <w:rsid w:val="00792FDD"/>
     <w:rsid w:val="007D2F68"/>
     <w:rsid w:val="00830601"/>
     <w:rsid w:val="008361A7"/>
     <w:rsid w:val="00856876"/>
     <w:rsid w:val="00876C4B"/>
     <w:rsid w:val="00880F76"/>
     <w:rsid w:val="0088241D"/>
     <w:rsid w:val="008B00EA"/>
     <w:rsid w:val="008C4366"/>
+    <w:rsid w:val="008D15BE"/>
     <w:rsid w:val="008D6F19"/>
     <w:rsid w:val="008F06CC"/>
     <w:rsid w:val="008F3462"/>
     <w:rsid w:val="009022EC"/>
     <w:rsid w:val="00903E39"/>
     <w:rsid w:val="00914BD3"/>
     <w:rsid w:val="009669C8"/>
     <w:rsid w:val="00967CE9"/>
     <w:rsid w:val="009800A3"/>
     <w:rsid w:val="009B5B7D"/>
     <w:rsid w:val="00A30829"/>
     <w:rsid w:val="00A54E5D"/>
     <w:rsid w:val="00A57921"/>
     <w:rsid w:val="00A71E0C"/>
     <w:rsid w:val="00A81E13"/>
     <w:rsid w:val="00A828ED"/>
     <w:rsid w:val="00AB59A8"/>
     <w:rsid w:val="00AC093E"/>
     <w:rsid w:val="00B30A65"/>
     <w:rsid w:val="00B33E59"/>
     <w:rsid w:val="00B64635"/>
     <w:rsid w:val="00BA1CCC"/>
     <w:rsid w:val="00BA3D14"/>
     <w:rsid w:val="00BB39EA"/>
+    <w:rsid w:val="00C21A22"/>
     <w:rsid w:val="00C40362"/>
     <w:rsid w:val="00D2537B"/>
     <w:rsid w:val="00D36BC3"/>
     <w:rsid w:val="00D817D2"/>
     <w:rsid w:val="00D81F17"/>
     <w:rsid w:val="00DA17AF"/>
     <w:rsid w:val="00E45322"/>
     <w:rsid w:val="00E748E3"/>
     <w:rsid w:val="00E851A2"/>
     <w:rsid w:val="00E9433A"/>
     <w:rsid w:val="00EC4A58"/>
     <w:rsid w:val="00ED0FA2"/>
     <w:rsid w:val="00ED1B64"/>
     <w:rsid w:val="00F270F7"/>
     <w:rsid w:val="00F73C2B"/>
     <w:rsid w:val="00FD1645"/>
     <w:rsid w:val="00FE2B60"/>
     <w:rsid w:val="00FF1CD1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -9826,50 +9985,60 @@
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000F4437"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:color w:val="03495B" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00637936"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="03495B" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0024426F"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0024426F"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1350062466">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -12054,51 +12223,51 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Work Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000E07B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -12106,51 +12275,53 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00810327"/>
     <w:rsid w:val="00112139"/>
     <w:rsid w:val="002B6AE6"/>
     <w:rsid w:val="002E2036"/>
     <w:rsid w:val="00701DD6"/>
+    <w:rsid w:val="007044DB"/>
     <w:rsid w:val="00810327"/>
+    <w:rsid w:val="008D15BE"/>
     <w:rsid w:val="00BA1CCC"/>
     <w:rsid w:val="00ED1B64"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -13093,50 +13264,74 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Gov Office 2024 theme" id="{6298349E-A72C-4519-A5B0-B690EDAB395A}" vid="{8599F3F0-E36C-43A3-A13A-EDC9317CF2B3}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e7ab09f-8618-4d9b-9f2f-50ababbe4056">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3496e571-eae6-402d-810c-25953ccab642" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007C4E92C507D8D74993B03A3B022FCEF0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="742259e75103a9a71ed032e7525c4bd3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3496e571-eae6-402d-810c-25953ccab642" xmlns:ns3="3e7ab09f-8618-4d9b-9f2f-50ababbe4056" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3b68909ea5a2c9c392c60e60e0d161f9" ns2:_="" ns3:_="">
     <xsd:import namespace="3496e571-eae6-402d-810c-25953ccab642"/>
     <xsd:import namespace="3e7ab09f-8618-4d9b-9f2f-50ababbe4056"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -13333,122 +13528,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91E69F5B-E584-44DD-B616-AE08A8EC104E}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4BCC4A5-9421-4E1E-B638-3028106CDF91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="3496e571-eae6-402d-810c-25953ccab642"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="3e7ab09f-8618-4d9b-9f2f-50ababbe4056"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25F3ED20-3E9C-4543-9AA3-B2C3E3310BDD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE434661-B1A3-4DFD-B823-7D3272148178}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91E69F5B-E584-44DD-B616-AE08A8EC104E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="3496e571-eae6-402d-810c-25953ccab642"/>
+    <ds:schemaRef ds:uri="3e7ab09f-8618-4d9b-9f2f-50ababbe4056"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Meeting Agenda (5).dotx</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1107</Words>
   <Characters>5185</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>246</Lines>
   <Paragraphs>241</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>