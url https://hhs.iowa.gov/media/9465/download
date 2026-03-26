--- v0 (2025-10-09)
+++ v1 (2026-03-26)
@@ -16,60 +16,60 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\dhsime\PROVCOST\HHA - EPSDT\Cost report and instructions\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C08A8802-8D04-4BD9-B681-F55CAA00B5CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D07EE62D-B7FC-4EAF-94FA-B991A257FAA1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="863" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="3855" windowWidth="21600" windowHeight="11295" tabRatio="863" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Source Data" sheetId="31" state="hidden" r:id="rId1"/>
     <sheet name="Cert" sheetId="15" r:id="rId2"/>
     <sheet name="Sch S" sheetId="20" r:id="rId3"/>
     <sheet name="Sch A" sheetId="6" r:id="rId4"/>
     <sheet name="Sch B" sheetId="40" r:id="rId5"/>
     <sheet name="Sch C" sheetId="55" r:id="rId6"/>
     <sheet name="Sch D" sheetId="23" r:id="rId7"/>
     <sheet name="Sch E Summary of Adjustments" sheetId="114" r:id="rId8"/>
     <sheet name="Sch F" sheetId="115" r:id="rId9"/>
     <sheet name="Sch G" sheetId="39" r:id="rId10"/>
     <sheet name="Sch H" sheetId="117" r:id="rId11"/>
     <sheet name="Supporting Schedule (1)" sheetId="119" r:id="rId12"/>
     <sheet name="Supporting Schedule (2)" sheetId="118" r:id="rId13"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId14"/>
   </externalReferences>
   <definedNames>
     <definedName name="Acct_basis">'Source Data'!$E$1:$E$3</definedName>
     <definedName name="Alloc">'Source Data'!$S$1:$S$10</definedName>
     <definedName name="Audit_process">'Source Data'!$A$1:$A$3</definedName>
     <definedName name="C_E">'Source Data'!$L$1:$L$2</definedName>
     <definedName name="CMCodes">'Source Data'!$P$1:$P$2</definedName>
@@ -2408,66 +2408,66 @@
   <si>
     <t>d. Medicaid Molina Healthcare of Iowa MCO Units</t>
   </si>
   <si>
     <t>Iowa Department Of Health and Human Services</t>
   </si>
   <si>
     <t>b. Medicaid Wellpoint Iowa MCO Units</t>
   </si>
   <si>
     <t>Medicaid MCO - Wellpoint Iowa</t>
   </si>
   <si>
     <t>Medicaid MCO - Molina Healthcare of Iowa</t>
   </si>
   <si>
     <t>Right to use assets</t>
   </si>
   <si>
     <t>8.</t>
   </si>
   <si>
     <t>Identify if the agency is self-insured.</t>
   </si>
   <si>
-    <t>Form 1728-94 (7/25)</t>
-[...1 lines deleted...]
-  <si>
     <t>Health Benefits</t>
   </si>
   <si>
     <t>Retirement Benefits</t>
   </si>
   <si>
     <t>Other Benefits</t>
   </si>
   <si>
     <t>FICA</t>
   </si>
   <si>
     <t>Unemployment &amp; Workers Comp</t>
+  </si>
+  <si>
+    <t>Form 1728-94 (2/26)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="000\-00\-0000"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="19">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -4991,170 +4991,171 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="14" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="68" xfId="6" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="7" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="7" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="7" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="59" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="14" xfId="12" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="34" xfId="12" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="67" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="58" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="14" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="14" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="14" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="14" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="14" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="15">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Comma 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Currency 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Currency 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Currency 3 2" xfId="11" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal 4" xfId="14" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal_dec97nf" xfId="6" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normal_dec97nf 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Percent" xfId="7" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <font>
         <b/>
         <i/>
         <color theme="0" tint="-0.34998626667073579"/>
@@ -6705,51 +6706,51 @@
     <row r="44" spans="1:9" ht="13.5" thickBot="1">
       <c r="A44" s="15">
         <v>20</v>
       </c>
       <c r="B44" s="108"/>
       <c r="C44" s="108"/>
       <c r="D44" s="109"/>
       <c r="E44" s="110"/>
       <c r="F44" s="110"/>
       <c r="G44" s="110"/>
       <c r="H44" s="495"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="42"/>
       <c r="B45" s="433"/>
       <c r="C45" s="433"/>
       <c r="D45" s="435"/>
       <c r="E45" s="436"/>
       <c r="F45" s="436"/>
       <c r="G45" s="437"/>
       <c r="H45" s="436"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="118" t="str">
         <f>Cert!A50</f>
-        <v>Form 1728-94 (7/25)</v>
+        <v>Form 1728-94 (2/26)</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="I47" s="118" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="i5fsWwxrv5A4hR1sQYSzErijW13V9Rsm2QgkNE5ywPCA0fyQiYbkJwYB/0ELsUlcGTtgRzG3TqdlFfNAYeglQg==" saltValue="SAMBsWviC08Gtp2Rlk6c+Q==" spinCount="100000" sheet="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D35:D45" xr:uid="{00000000-0002-0000-0900-000000000000}">
       <formula1>RelatedOwner</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E14 E12" xr:uid="{00000000-0002-0000-0900-000001000000}">
       <formula1>Yes</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="1.25" right="0.25" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="73" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
@@ -6861,289 +6862,289 @@
       <c r="A8" s="391" t="str">
         <f>TEXT(Cert!$D$12,"mm/dd/yyyy")&amp;" "&amp;"to"&amp;" "&amp;TEXT(Cert!$F$12,"mm/dd/yyyy")</f>
         <v>01/00/1900 to 01/00/1900</v>
       </c>
       <c r="B8" s="416"/>
       <c r="C8" s="408"/>
       <c r="D8" s="416"/>
       <c r="E8" s="416"/>
       <c r="F8" s="416"/>
       <c r="G8" s="416"/>
       <c r="H8" s="416"/>
       <c r="I8" s="416"/>
     </row>
     <row r="9" spans="1:10" s="118" customFormat="1">
       <c r="A9" s="120"/>
       <c r="B9" s="56"/>
       <c r="C9" s="57"/>
     </row>
     <row r="11" spans="1:10" ht="27" customHeight="1">
       <c r="A11" s="439" t="s">
         <v>263</v>
       </c>
       <c r="B11" s="439" t="s">
         <v>244</v>
       </c>
-      <c r="C11" s="581" t="s">
+      <c r="C11" s="579" t="s">
         <v>249</v>
       </c>
-      <c r="D11" s="581"/>
-[...4 lines deleted...]
-      <c r="I11" s="581"/>
+      <c r="D11" s="579"/>
+      <c r="E11" s="579"/>
+      <c r="F11" s="579"/>
+      <c r="G11" s="579"/>
+      <c r="H11" s="579"/>
+      <c r="I11" s="579"/>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="469">
         <v>1</v>
       </c>
       <c r="B12" s="470">
         <v>2</v>
       </c>
-      <c r="C12" s="583">
+      <c r="C12" s="582">
         <v>3</v>
       </c>
-      <c r="D12" s="583"/>
-[...4 lines deleted...]
-      <c r="I12" s="583"/>
+      <c r="D12" s="582"/>
+      <c r="E12" s="582"/>
+      <c r="F12" s="582"/>
+      <c r="G12" s="582"/>
+      <c r="H12" s="582"/>
+      <c r="I12" s="582"/>
     </row>
     <row r="13" spans="1:10" ht="42.75" customHeight="1">
       <c r="A13" s="123">
         <v>1</v>
       </c>
       <c r="B13" s="124" t="s">
         <v>261</v>
       </c>
-      <c r="C13" s="582" t="s">
+      <c r="C13" s="580" t="s">
         <v>349</v>
       </c>
-      <c r="D13" s="582"/>
-[...4 lines deleted...]
-      <c r="I13" s="582"/>
+      <c r="D13" s="580"/>
+      <c r="E13" s="580"/>
+      <c r="F13" s="580"/>
+      <c r="G13" s="580"/>
+      <c r="H13" s="580"/>
+      <c r="I13" s="580"/>
     </row>
     <row r="14" spans="1:10" ht="39.75" customHeight="1">
       <c r="A14" s="123">
         <v>2</v>
       </c>
       <c r="B14" s="124" t="s">
         <v>350</v>
       </c>
-      <c r="C14" s="579" t="s">
+      <c r="C14" s="581" t="s">
         <v>359</v>
       </c>
-      <c r="D14" s="579"/>
-[...4 lines deleted...]
-      <c r="I14" s="579"/>
+      <c r="D14" s="581"/>
+      <c r="E14" s="581"/>
+      <c r="F14" s="581"/>
+      <c r="G14" s="581"/>
+      <c r="H14" s="581"/>
+      <c r="I14" s="581"/>
     </row>
     <row r="15" spans="1:10" ht="39.75" customHeight="1">
       <c r="A15" s="123">
         <v>3</v>
       </c>
       <c r="B15" s="124" t="s">
         <v>246</v>
       </c>
-      <c r="C15" s="579" t="s">
+      <c r="C15" s="581" t="s">
         <v>360</v>
       </c>
-      <c r="D15" s="579"/>
-[...4 lines deleted...]
-      <c r="I15" s="579"/>
+      <c r="D15" s="581"/>
+      <c r="E15" s="581"/>
+      <c r="F15" s="581"/>
+      <c r="G15" s="581"/>
+      <c r="H15" s="581"/>
+      <c r="I15" s="581"/>
     </row>
     <row r="16" spans="1:10" ht="38.25" customHeight="1">
       <c r="A16" s="123">
         <v>4</v>
       </c>
       <c r="B16" s="124" t="s">
         <v>245</v>
       </c>
-      <c r="C16" s="579" t="s">
+      <c r="C16" s="581" t="s">
         <v>361</v>
       </c>
-      <c r="D16" s="579"/>
-[...4 lines deleted...]
-      <c r="I16" s="579"/>
+      <c r="D16" s="581"/>
+      <c r="E16" s="581"/>
+      <c r="F16" s="581"/>
+      <c r="G16" s="581"/>
+      <c r="H16" s="581"/>
+      <c r="I16" s="581"/>
     </row>
     <row r="17" spans="1:9" ht="38.25" customHeight="1">
       <c r="A17" s="123">
         <v>5</v>
       </c>
       <c r="B17" s="124" t="s">
         <v>247</v>
       </c>
-      <c r="C17" s="579" t="s">
+      <c r="C17" s="581" t="s">
         <v>362</v>
       </c>
-      <c r="D17" s="579"/>
-[...4 lines deleted...]
-      <c r="I17" s="579"/>
+      <c r="D17" s="581"/>
+      <c r="E17" s="581"/>
+      <c r="F17" s="581"/>
+      <c r="G17" s="581"/>
+      <c r="H17" s="581"/>
+      <c r="I17" s="581"/>
     </row>
     <row r="18" spans="1:9" ht="38.25" customHeight="1">
       <c r="A18" s="123">
         <v>6</v>
       </c>
       <c r="B18" s="124" t="s">
         <v>248</v>
       </c>
-      <c r="C18" s="579" t="s">
+      <c r="C18" s="581" t="s">
         <v>358</v>
       </c>
-      <c r="D18" s="579"/>
-[...4 lines deleted...]
-      <c r="I18" s="579"/>
+      <c r="D18" s="581"/>
+      <c r="E18" s="581"/>
+      <c r="F18" s="581"/>
+      <c r="G18" s="581"/>
+      <c r="H18" s="581"/>
+      <c r="I18" s="581"/>
     </row>
     <row r="19" spans="1:9" ht="38.25" customHeight="1">
       <c r="A19" s="123">
         <v>7</v>
       </c>
       <c r="B19" s="496" t="s">
         <v>262</v>
       </c>
-      <c r="C19" s="579" t="s">
+      <c r="C19" s="581" t="s">
         <v>358</v>
       </c>
-      <c r="D19" s="579"/>
-[...4 lines deleted...]
-      <c r="I19" s="579"/>
+      <c r="D19" s="581"/>
+      <c r="E19" s="581"/>
+      <c r="F19" s="581"/>
+      <c r="G19" s="581"/>
+      <c r="H19" s="581"/>
+      <c r="I19" s="581"/>
     </row>
     <row r="20" spans="1:9" ht="38.25" customHeight="1">
       <c r="A20" s="123">
         <v>8</v>
       </c>
       <c r="B20" s="496" t="s">
         <v>262</v>
       </c>
-      <c r="C20" s="579" t="s">
+      <c r="C20" s="581" t="s">
         <v>358</v>
       </c>
-      <c r="D20" s="579"/>
-[...4 lines deleted...]
-      <c r="I20" s="579"/>
+      <c r="D20" s="581"/>
+      <c r="E20" s="581"/>
+      <c r="F20" s="581"/>
+      <c r="G20" s="581"/>
+      <c r="H20" s="581"/>
+      <c r="I20" s="581"/>
     </row>
     <row r="21" spans="1:9" ht="38.25" customHeight="1">
       <c r="A21" s="123">
         <v>9</v>
       </c>
       <c r="B21" s="496" t="s">
         <v>262</v>
       </c>
-      <c r="C21" s="579" t="s">
+      <c r="C21" s="581" t="s">
         <v>358</v>
       </c>
-      <c r="D21" s="579"/>
-[...4 lines deleted...]
-      <c r="I21" s="579"/>
+      <c r="D21" s="581"/>
+      <c r="E21" s="581"/>
+      <c r="F21" s="581"/>
+      <c r="G21" s="581"/>
+      <c r="H21" s="581"/>
+      <c r="I21" s="581"/>
     </row>
     <row r="22" spans="1:9" ht="38.25" customHeight="1">
       <c r="A22" s="123">
         <v>10</v>
       </c>
       <c r="B22" s="496" t="s">
         <v>262</v>
       </c>
-      <c r="C22" s="579" t="s">
+      <c r="C22" s="581" t="s">
         <v>358</v>
       </c>
-      <c r="D22" s="579"/>
-[...4 lines deleted...]
-      <c r="I22" s="579"/>
+      <c r="D22" s="581"/>
+      <c r="E22" s="581"/>
+      <c r="F22" s="581"/>
+      <c r="G22" s="581"/>
+      <c r="H22" s="581"/>
+      <c r="I22" s="581"/>
     </row>
     <row r="23" spans="1:9" ht="38.25" customHeight="1">
       <c r="A23" s="123">
         <v>11</v>
       </c>
       <c r="B23" s="496" t="s">
         <v>262</v>
       </c>
-      <c r="C23" s="579" t="s">
+      <c r="C23" s="581" t="s">
         <v>358</v>
       </c>
-      <c r="D23" s="579"/>
-[...4 lines deleted...]
-      <c r="I23" s="579"/>
+      <c r="D23" s="581"/>
+      <c r="E23" s="581"/>
+      <c r="F23" s="581"/>
+      <c r="G23" s="581"/>
+      <c r="H23" s="581"/>
+      <c r="I23" s="581"/>
     </row>
     <row r="24" spans="1:9" ht="38.25" customHeight="1">
       <c r="A24" s="123">
         <v>12</v>
       </c>
       <c r="B24" s="496" t="s">
         <v>262</v>
       </c>
-      <c r="C24" s="579" t="s">
+      <c r="C24" s="581" t="s">
         <v>358</v>
       </c>
-      <c r="D24" s="579"/>
-[...4 lines deleted...]
-      <c r="I24" s="579"/>
+      <c r="D24" s="581"/>
+      <c r="E24" s="581"/>
+      <c r="F24" s="581"/>
+      <c r="G24" s="581"/>
+      <c r="H24" s="581"/>
+      <c r="I24" s="581"/>
     </row>
     <row r="25" spans="1:9">
-      <c r="C25" s="580"/>
-[...5 lines deleted...]
-      <c r="I25" s="580"/>
+      <c r="C25" s="583"/>
+      <c r="D25" s="583"/>
+      <c r="E25" s="583"/>
+      <c r="F25" s="583"/>
+      <c r="G25" s="583"/>
+      <c r="H25" s="583"/>
+      <c r="I25" s="583"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="497" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="54"/>
       <c r="B27" s="54"/>
       <c r="C27" s="54"/>
       <c r="D27" s="79"/>
       <c r="E27" s="79"/>
       <c r="F27" s="79"/>
       <c r="G27" s="79"/>
       <c r="H27" s="79"/>
       <c r="I27" s="79"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="54"/>
       <c r="B28" s="54"/>
       <c r="C28" s="54"/>
       <c r="D28" s="79"/>
       <c r="E28" s="79"/>
       <c r="F28" s="79"/>
       <c r="G28" s="79"/>
@@ -7296,51 +7297,51 @@
     <row r="42" spans="1:9">
       <c r="A42" s="54"/>
       <c r="B42" s="54"/>
       <c r="C42" s="54"/>
       <c r="D42" s="79"/>
       <c r="E42" s="79"/>
       <c r="F42" s="79"/>
       <c r="G42" s="79"/>
       <c r="H42" s="79"/>
       <c r="I42" s="79"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="54"/>
       <c r="B43" s="54"/>
       <c r="C43" s="54"/>
       <c r="D43" s="79"/>
       <c r="E43" s="79"/>
       <c r="F43" s="79"/>
       <c r="G43" s="79"/>
       <c r="H43" s="79"/>
       <c r="I43" s="79"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="54" t="str">
         <f>Cert!A50</f>
-        <v>Form 1728-94 (7/25)</v>
+        <v>Form 1728-94 (2/26)</v>
       </c>
       <c r="B44" s="54"/>
       <c r="C44" s="54"/>
       <c r="D44" s="79"/>
       <c r="E44" s="79"/>
       <c r="F44" s="79"/>
       <c r="G44" s="79"/>
       <c r="H44" s="79"/>
       <c r="I44" s="79"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="54"/>
       <c r="B45" s="54"/>
       <c r="C45" s="54"/>
       <c r="D45" s="79"/>
       <c r="E45" s="79"/>
       <c r="F45" s="79"/>
       <c r="G45" s="79"/>
       <c r="H45" s="79"/>
       <c r="I45" s="79"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="54"/>
       <c r="B46" s="54"/>
       <c r="C46" s="54"/>
@@ -8685,65 +8686,65 @@
     <row r="168" spans="1:9">
       <c r="A168" s="54"/>
       <c r="B168" s="54"/>
       <c r="C168" s="54"/>
       <c r="D168" s="79"/>
       <c r="E168" s="79"/>
       <c r="F168" s="79"/>
       <c r="G168" s="79"/>
       <c r="H168" s="79"/>
       <c r="I168" s="79"/>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="54"/>
       <c r="B169" s="54"/>
       <c r="C169" s="54"/>
       <c r="D169" s="79"/>
       <c r="E169" s="79"/>
       <c r="F169" s="79"/>
       <c r="G169" s="79"/>
       <c r="H169" s="79"/>
       <c r="I169" s="79"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="R2kWJBSVs8x/Yg9Tu03HmdG5/Qd7874uPcE3T24FUx5NQZeoCoHJkwg+jXd89dFWOzQgCkDkBTL7mlgF/xXpmw==" saltValue="VNYdFjg3KI4dvSsjWVCTWw==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="15">
-    <mergeCell ref="C11:I11"/>
-[...5 lines deleted...]
-    <mergeCell ref="C12:I12"/>
     <mergeCell ref="C20:I20"/>
     <mergeCell ref="C23:I23"/>
     <mergeCell ref="C24:I24"/>
     <mergeCell ref="C25:I25"/>
     <mergeCell ref="C18:I18"/>
     <mergeCell ref="C19:I19"/>
     <mergeCell ref="C21:I21"/>
     <mergeCell ref="C22:I22"/>
+    <mergeCell ref="C11:I11"/>
+    <mergeCell ref="C13:I13"/>
+    <mergeCell ref="C14:I14"/>
+    <mergeCell ref="C16:I16"/>
+    <mergeCell ref="C17:I17"/>
+    <mergeCell ref="C15:I15"/>
+    <mergeCell ref="C12:I12"/>
   </mergeCells>
   <conditionalFormatting sqref="B19:B24">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="equal">
       <formula>"Enter Name"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C14:I24">
     <cfRule type="containsText" dxfId="0" priority="2" operator="containsText" text="Enter Description">
       <formula>NOT(ISERROR(SEARCH("Enter Description",C14)))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="1.25" right="0.25" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr codeName="Sheet12"/>
   <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A10" sqref="A10"/>
     </sheetView>
@@ -9143,145 +9144,145 @@
     </row>
     <row r="4" spans="1:12">
       <c r="A4" s="116" t="s">
         <v>283</v>
       </c>
       <c r="B4" s="116"/>
       <c r="C4" s="116"/>
       <c r="D4" s="116"/>
       <c r="E4" s="116"/>
       <c r="F4" s="116"/>
       <c r="G4" s="116"/>
       <c r="H4" s="116"/>
       <c r="I4" s="116"/>
       <c r="J4" s="116"/>
       <c r="K4" s="116"/>
       <c r="L4" s="120"/>
     </row>
     <row r="5" spans="1:12">
       <c r="D5" s="126"/>
     </row>
     <row r="6" spans="1:12" ht="21.75" customHeight="1">
       <c r="A6" s="120" t="s">
         <v>191</v>
       </c>
       <c r="B6" s="129"/>
-      <c r="C6" s="552"/>
-[...2 lines deleted...]
-      <c r="F6" s="554"/>
+      <c r="C6" s="558"/>
+      <c r="D6" s="559"/>
+      <c r="E6" s="559"/>
+      <c r="F6" s="560"/>
       <c r="H6" s="130" t="s">
         <v>351</v>
       </c>
-      <c r="I6" s="552"/>
-[...1 lines deleted...]
-      <c r="K6" s="554"/>
+      <c r="I6" s="558"/>
+      <c r="J6" s="559"/>
+      <c r="K6" s="560"/>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="126"/>
       <c r="B7" s="126"/>
       <c r="C7" s="129"/>
       <c r="D7" s="129"/>
       <c r="E7" s="129"/>
       <c r="F7" s="129"/>
       <c r="G7" s="129"/>
       <c r="H7" s="129"/>
       <c r="I7" s="129"/>
       <c r="J7" s="126"/>
       <c r="K7" s="126"/>
     </row>
     <row r="8" spans="1:12" ht="18.75" customHeight="1">
-      <c r="A8" s="548" t="s">
+      <c r="A8" s="554" t="s">
         <v>38</v>
       </c>
-      <c r="B8" s="548"/>
-[...8 lines deleted...]
-      <c r="K8" s="554"/>
+      <c r="B8" s="554"/>
+      <c r="C8" s="558"/>
+      <c r="D8" s="559"/>
+      <c r="E8" s="559"/>
+      <c r="F8" s="559"/>
+      <c r="G8" s="559"/>
+      <c r="H8" s="559"/>
+      <c r="I8" s="559"/>
+      <c r="J8" s="559"/>
+      <c r="K8" s="560"/>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="126"/>
       <c r="B9" s="126"/>
       <c r="C9" s="131"/>
       <c r="D9" s="131"/>
       <c r="E9" s="131"/>
       <c r="F9" s="131"/>
       <c r="G9" s="131"/>
       <c r="H9" s="131"/>
       <c r="I9" s="131"/>
       <c r="J9" s="126"/>
       <c r="K9" s="126"/>
     </row>
     <row r="10" spans="1:12" ht="18" customHeight="1">
       <c r="A10" s="522" t="s">
         <v>39</v>
       </c>
-      <c r="B10" s="552"/>
-[...1 lines deleted...]
-      <c r="D10" s="554"/>
+      <c r="B10" s="558"/>
+      <c r="C10" s="559"/>
+      <c r="D10" s="560"/>
       <c r="E10" s="132" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="498"/>
       <c r="G10" s="132" t="s">
         <v>41</v>
       </c>
       <c r="H10" s="498"/>
       <c r="I10" s="132" t="s">
         <v>106</v>
       </c>
-      <c r="J10" s="552"/>
-      <c r="K10" s="554"/>
+      <c r="J10" s="558"/>
+      <c r="K10" s="560"/>
     </row>
     <row r="11" spans="1:12">
       <c r="B11" s="133"/>
       <c r="C11" s="133"/>
       <c r="D11" s="133"/>
     </row>
     <row r="12" spans="1:12" ht="21" customHeight="1">
       <c r="A12" s="120" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="130" t="s">
         <v>43</v>
       </c>
       <c r="D12" s="127"/>
       <c r="E12" s="130" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="127"/>
       <c r="I12" s="130" t="s">
         <v>111</v>
       </c>
-      <c r="J12" s="552"/>
-      <c r="K12" s="554"/>
+      <c r="J12" s="558"/>
+      <c r="K12" s="560"/>
     </row>
     <row r="13" spans="1:12">
       <c r="D13" s="119"/>
       <c r="F13" s="119"/>
     </row>
     <row r="14" spans="1:12" ht="19.5" customHeight="1">
       <c r="A14" s="120" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="128"/>
       <c r="E14" s="133"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14"/>
     </row>
     <row r="15" spans="1:12">
       <c r="D15" s="119"/>
       <c r="E15" s="133"/>
       <c r="F15" s="119"/>
     </row>
     <row r="16" spans="1:12" ht="18" customHeight="1">
       <c r="A16" s="120" t="s">
         <v>24</v>
       </c>
@@ -9310,351 +9311,351 @@
       <c r="J18" s="134" t="s">
         <v>212</v>
       </c>
       <c r="K18" s="80"/>
     </row>
     <row r="20" spans="1:11" ht="20.25" customHeight="1">
       <c r="A20" s="120" t="s">
         <v>77</v>
       </c>
       <c r="G20" s="133"/>
       <c r="H20" s="128"/>
     </row>
     <row r="22" spans="1:11" ht="21.75" customHeight="1">
       <c r="A22" s="120" t="s">
         <v>213</v>
       </c>
       <c r="G22" s="133"/>
       <c r="H22" s="128"/>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="120" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="126" customHeight="1">
-      <c r="B25" s="550" t="s">
+      <c r="B25" s="556" t="s">
         <v>173</v>
       </c>
-      <c r="C25" s="550"/>
-[...7 lines deleted...]
-      <c r="K25" s="550"/>
+      <c r="C25" s="556"/>
+      <c r="D25" s="556"/>
+      <c r="E25" s="556"/>
+      <c r="F25" s="556"/>
+      <c r="G25" s="556"/>
+      <c r="H25" s="556"/>
+      <c r="I25" s="556"/>
+      <c r="J25" s="556"/>
+      <c r="K25" s="556"/>
     </row>
     <row r="26" spans="1:11">
       <c r="B26" s="499" t="s">
         <v>192</v>
       </c>
       <c r="C26" s="500"/>
       <c r="D26" s="500"/>
       <c r="E26" s="500"/>
       <c r="F26" s="500"/>
       <c r="G26" s="500"/>
       <c r="H26" s="499" t="s">
         <v>214</v>
       </c>
       <c r="I26" s="500"/>
       <c r="J26" s="500"/>
       <c r="K26" s="501"/>
     </row>
     <row r="27" spans="1:11" ht="22.5" customHeight="1">
-      <c r="B27" s="555"/>
-[...8 lines deleted...]
-      <c r="K27" s="557"/>
+      <c r="B27" s="551"/>
+      <c r="C27" s="552"/>
+      <c r="D27" s="552"/>
+      <c r="E27" s="552"/>
+      <c r="F27" s="552"/>
+      <c r="G27" s="553"/>
+      <c r="H27" s="551"/>
+      <c r="I27" s="552"/>
+      <c r="J27" s="552"/>
+      <c r="K27" s="553"/>
     </row>
     <row r="28" spans="1:11">
       <c r="B28" s="499" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="502"/>
       <c r="D28" s="502"/>
       <c r="E28" s="502"/>
       <c r="F28" s="502"/>
       <c r="G28" s="502"/>
       <c r="H28" s="502"/>
       <c r="I28" s="503" t="s">
         <v>37</v>
       </c>
       <c r="J28" s="504"/>
       <c r="K28" s="501"/>
     </row>
     <row r="29" spans="1:11" ht="22.5" customHeight="1">
-      <c r="B29" s="555"/>
-[...8 lines deleted...]
-      <c r="K29" s="557"/>
+      <c r="B29" s="551"/>
+      <c r="C29" s="552"/>
+      <c r="D29" s="552"/>
+      <c r="E29" s="552"/>
+      <c r="F29" s="552"/>
+      <c r="G29" s="552"/>
+      <c r="H29" s="553"/>
+      <c r="I29" s="551"/>
+      <c r="J29" s="552"/>
+      <c r="K29" s="553"/>
     </row>
     <row r="30" spans="1:11">
       <c r="B30" s="499" t="s">
         <v>281</v>
       </c>
       <c r="C30" s="502"/>
       <c r="D30" s="502"/>
       <c r="E30" s="502"/>
       <c r="F30" s="502"/>
       <c r="G30" s="502"/>
       <c r="H30" s="502"/>
       <c r="I30" s="503" t="s">
         <v>282</v>
       </c>
       <c r="J30" s="504"/>
       <c r="K30" s="501"/>
     </row>
     <row r="31" spans="1:11" ht="22.5" customHeight="1">
-      <c r="B31" s="555"/>
-[...8 lines deleted...]
-      <c r="K31" s="557"/>
+      <c r="B31" s="551"/>
+      <c r="C31" s="552"/>
+      <c r="D31" s="552"/>
+      <c r="E31" s="552"/>
+      <c r="F31" s="552"/>
+      <c r="G31" s="552"/>
+      <c r="H31" s="553"/>
+      <c r="I31" s="551"/>
+      <c r="J31" s="552"/>
+      <c r="K31" s="553"/>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="120" t="s">
         <v>285</v>
       </c>
       <c r="C33" s="117"/>
       <c r="D33" s="133"/>
     </row>
     <row r="34" spans="1:11" ht="30" customHeight="1">
-      <c r="B34" s="551" t="s">
+      <c r="B34" s="557" t="s">
         <v>51</v>
       </c>
-      <c r="C34" s="551"/>
-[...7 lines deleted...]
-      <c r="K34" s="551"/>
+      <c r="C34" s="557"/>
+      <c r="D34" s="557"/>
+      <c r="E34" s="557"/>
+      <c r="F34" s="557"/>
+      <c r="G34" s="557"/>
+      <c r="H34" s="557"/>
+      <c r="I34" s="557"/>
+      <c r="J34" s="557"/>
+      <c r="K34" s="557"/>
     </row>
     <row r="35" spans="1:11">
       <c r="B35" s="499" t="s">
         <v>216</v>
       </c>
       <c r="C35" s="500"/>
       <c r="D35" s="500"/>
       <c r="E35" s="500"/>
       <c r="F35" s="500"/>
       <c r="G35" s="500"/>
       <c r="H35" s="499" t="s">
         <v>215</v>
       </c>
       <c r="I35" s="500"/>
       <c r="J35" s="500"/>
       <c r="K35" s="501"/>
     </row>
     <row r="36" spans="1:11" ht="16.5" customHeight="1">
-      <c r="B36" s="555"/>
-[...8 lines deleted...]
-      <c r="K36" s="557"/>
+      <c r="B36" s="551"/>
+      <c r="C36" s="552"/>
+      <c r="D36" s="552"/>
+      <c r="E36" s="552"/>
+      <c r="F36" s="552"/>
+      <c r="G36" s="553"/>
+      <c r="H36" s="551"/>
+      <c r="I36" s="552"/>
+      <c r="J36" s="552"/>
+      <c r="K36" s="553"/>
     </row>
     <row r="37" spans="1:11">
       <c r="B37" s="499" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="500"/>
       <c r="D37" s="500"/>
       <c r="E37" s="500"/>
       <c r="F37" s="500"/>
       <c r="G37" s="500"/>
       <c r="H37" s="502"/>
       <c r="I37" s="503" t="s">
         <v>37</v>
       </c>
       <c r="J37" s="504"/>
       <c r="K37" s="501"/>
     </row>
     <row r="38" spans="1:11" ht="17.25" customHeight="1">
-      <c r="B38" s="555"/>
-[...8 lines deleted...]
-      <c r="K38" s="557"/>
+      <c r="B38" s="551"/>
+      <c r="C38" s="552"/>
+      <c r="D38" s="552"/>
+      <c r="E38" s="552"/>
+      <c r="F38" s="552"/>
+      <c r="G38" s="552"/>
+      <c r="H38" s="553"/>
+      <c r="I38" s="551"/>
+      <c r="J38" s="552"/>
+      <c r="K38" s="553"/>
     </row>
     <row r="39" spans="1:11">
       <c r="B39" s="499" t="s">
         <v>281</v>
       </c>
       <c r="C39" s="502"/>
       <c r="D39" s="502"/>
       <c r="E39" s="502"/>
       <c r="F39" s="502"/>
       <c r="G39" s="502"/>
       <c r="H39" s="502"/>
       <c r="I39" s="503" t="s">
         <v>282</v>
       </c>
       <c r="J39" s="504"/>
       <c r="K39" s="501"/>
     </row>
     <row r="40" spans="1:11" ht="22.5" customHeight="1">
-      <c r="B40" s="555"/>
-[...8 lines deleted...]
-      <c r="K40" s="557"/>
+      <c r="B40" s="551"/>
+      <c r="C40" s="552"/>
+      <c r="D40" s="552"/>
+      <c r="E40" s="552"/>
+      <c r="F40" s="552"/>
+      <c r="G40" s="552"/>
+      <c r="H40" s="553"/>
+      <c r="I40" s="551"/>
+      <c r="J40" s="552"/>
+      <c r="K40" s="553"/>
     </row>
     <row r="41" spans="1:11">
       <c r="I41" s="133"/>
       <c r="J41" s="133"/>
       <c r="K41" s="133"/>
     </row>
     <row r="42" spans="1:11">
-      <c r="A42" s="549" t="s">
+      <c r="A42" s="555" t="s">
         <v>286</v>
       </c>
-      <c r="B42" s="549"/>
-[...4 lines deleted...]
-      <c r="G42" s="549"/>
+      <c r="B42" s="555"/>
+      <c r="C42" s="555"/>
+      <c r="D42" s="555"/>
+      <c r="E42" s="555"/>
+      <c r="F42" s="555"/>
+      <c r="G42" s="555"/>
     </row>
     <row r="44" spans="1:11" ht="18.75" customHeight="1">
       <c r="A44" s="121" t="s">
         <v>52</v>
       </c>
-      <c r="B44" s="558"/>
-[...1 lines deleted...]
-      <c r="D44" s="560"/>
+      <c r="B44" s="548"/>
+      <c r="C44" s="549"/>
+      <c r="D44" s="550"/>
       <c r="E44" s="134" t="s">
         <v>287</v>
       </c>
-      <c r="F44" s="558"/>
-[...2 lines deleted...]
-      <c r="I44" s="560"/>
+      <c r="F44" s="548"/>
+      <c r="G44" s="549"/>
+      <c r="H44" s="549"/>
+      <c r="I44" s="550"/>
       <c r="J44" s="134" t="s">
         <v>44</v>
       </c>
       <c r="K44" s="80"/>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="121"/>
     </row>
     <row r="46" spans="1:11" ht="16.5" customHeight="1">
       <c r="A46" s="118" t="s">
         <v>288</v>
       </c>
-      <c r="C46" s="558"/>
-[...2 lines deleted...]
-      <c r="F46" s="560"/>
+      <c r="C46" s="548"/>
+      <c r="D46" s="549"/>
+      <c r="E46" s="549"/>
+      <c r="F46" s="550"/>
     </row>
     <row r="47" spans="1:11" ht="16.5" customHeight="1">
-      <c r="C47" s="558"/>
-[...2 lines deleted...]
-      <c r="F47" s="560"/>
+      <c r="C47" s="548"/>
+      <c r="D47" s="549"/>
+      <c r="E47" s="549"/>
+      <c r="F47" s="550"/>
     </row>
     <row r="48" spans="1:11" ht="16.5" customHeight="1">
-      <c r="C48" s="558"/>
-[...2 lines deleted...]
-      <c r="F48" s="560"/>
+      <c r="C48" s="548"/>
+      <c r="D48" s="549"/>
+      <c r="E48" s="549"/>
+      <c r="F48" s="550"/>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" s="118" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="L51" s="118" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ciWISrcbExwVDjE77EIa7dF5ZBylEYYQCR9GNRS20pepuEdRNgqrYATiqvDHRXfg20plg9rcHcCqLgSS3XjiIQ==" saltValue="CMnLbKBFnPYmbdd3ytXfsA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="EQEVQL8h8MWv28s6g15kD/7MiJsjBzVpg7oy6roxB7uX2NT9zeIHTFMmDf+wcsAO+hqhsXURXwfMj5mOUErtWQ==" saltValue="hE+x0Cg5AH1JIiPKxTHpwA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="27">
-    <mergeCell ref="B44:D44"/>
-[...9 lines deleted...]
-    <mergeCell ref="I40:K40"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A42:G42"/>
     <mergeCell ref="B25:K25"/>
     <mergeCell ref="B34:K34"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="C8:K8"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="H27:K27"/>
     <mergeCell ref="B29:H29"/>
     <mergeCell ref="I29:K29"/>
     <mergeCell ref="B31:H31"/>
     <mergeCell ref="I31:K31"/>
+    <mergeCell ref="B36:G36"/>
+    <mergeCell ref="H36:K36"/>
+    <mergeCell ref="B38:H38"/>
+    <mergeCell ref="I38:K38"/>
+    <mergeCell ref="B40:H40"/>
+    <mergeCell ref="I40:K40"/>
+    <mergeCell ref="B44:D44"/>
+    <mergeCell ref="F44:I44"/>
+    <mergeCell ref="C46:F46"/>
+    <mergeCell ref="C47:F47"/>
+    <mergeCell ref="C48:F48"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <dataValidations disablePrompts="1" count="5">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H18" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>Control</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C14" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>Report_type</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H20 H22" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>Acct_basis</formula1>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D12 F12" xr:uid="{00000000-0002-0000-0100-000003000000}">
       <formula1>38353</formula1>
       <formula2>47848</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E16 K16" xr:uid="{00000000-0002-0000-0100-000004000000}">
       <formula1>Audit_process</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="1.25" right="0.25" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;L
 </oddFooter>
@@ -9875,58 +9876,58 @@
     <row r="20" spans="1:7" ht="15.95" customHeight="1">
       <c r="B20" s="121" t="s">
         <v>372</v>
       </c>
       <c r="E20" s="471"/>
       <c r="F20" s="471"/>
     </row>
     <row r="21" spans="1:7" ht="15.95" customHeight="1">
       <c r="B21" s="121" t="s">
         <v>431</v>
       </c>
       <c r="E21" s="471"/>
       <c r="F21" s="471"/>
     </row>
     <row r="22" spans="1:7" ht="15.95" customHeight="1">
       <c r="B22" s="121" t="s">
         <v>228</v>
       </c>
       <c r="E22" s="471"/>
       <c r="F22" s="471"/>
     </row>
     <row r="25" spans="1:7" ht="38.25" customHeight="1">
       <c r="A25" s="145" t="s">
         <v>206</v>
       </c>
-      <c r="B25" s="550" t="s">
+      <c r="B25" s="556" t="s">
         <v>290</v>
       </c>
-      <c r="C25" s="550"/>
-[...3 lines deleted...]
-      <c r="G25" s="550"/>
+      <c r="C25" s="556"/>
+      <c r="D25" s="556"/>
+      <c r="E25" s="556"/>
+      <c r="F25" s="556"/>
+      <c r="G25" s="556"/>
     </row>
     <row r="26" spans="1:7" ht="13.5" customHeight="1">
       <c r="A26" s="145"/>
       <c r="B26" s="146"/>
       <c r="C26" s="130" t="s">
         <v>224</v>
       </c>
       <c r="D26" s="152"/>
       <c r="E26" s="146"/>
     </row>
     <row r="27" spans="1:7" ht="13.5" customHeight="1">
       <c r="A27" s="145"/>
       <c r="B27" s="146"/>
       <c r="C27" s="146"/>
       <c r="D27" s="146"/>
       <c r="E27" s="146"/>
     </row>
     <row r="28" spans="1:7" ht="13.5" customHeight="1">
       <c r="A28" s="145"/>
       <c r="B28" s="146"/>
       <c r="C28" s="146"/>
       <c r="D28" s="146"/>
       <c r="E28" s="146"/>
     </row>
     <row r="29" spans="1:7" ht="33.75" customHeight="1">
@@ -10047,100 +10048,100 @@
     </row>
     <row r="42" spans="1:7" ht="13.5" thickBot="1">
       <c r="A42" s="145"/>
       <c r="C42" s="130" t="s">
         <v>227</v>
       </c>
       <c r="F42" s="150">
         <f>SUM(F32:F41)</f>
         <v>0</v>
       </c>
       <c r="G42" s="151" t="str">
         <f>IF(F42=0,"",(IF(OR(SUM(F32:F41)&gt;101%,SUM(F32:F41)&lt;99%)," ERROR","")))</f>
         <v/>
       </c>
     </row>
     <row r="43" spans="1:7" ht="13.5" thickTop="1">
       <c r="A43" s="145"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="145"/>
     </row>
     <row r="45" spans="1:7" ht="36" customHeight="1">
       <c r="A45" s="145" t="s">
         <v>209</v>
       </c>
-      <c r="B45" s="550" t="s">
+      <c r="B45" s="556" t="s">
         <v>374</v>
       </c>
-      <c r="C45" s="550"/>
-[...3 lines deleted...]
-      <c r="G45" s="550"/>
+      <c r="C45" s="556"/>
+      <c r="D45" s="556"/>
+      <c r="E45" s="556"/>
+      <c r="F45" s="556"/>
+      <c r="G45" s="556"/>
     </row>
     <row r="47" spans="1:7">
       <c r="D47" s="130" t="s">
         <v>222</v>
       </c>
       <c r="E47" s="48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="D49" s="130" t="s">
         <v>223</v>
       </c>
       <c r="E49" s="49"/>
     </row>
     <row r="51" spans="1:8">
       <c r="D51" s="130" t="s">
         <v>291</v>
       </c>
       <c r="E51" s="49"/>
     </row>
     <row r="52" spans="1:8" customFormat="1"/>
     <row r="53" spans="1:8" customFormat="1">
       <c r="A53" s="546" t="s">
         <v>437</v>
       </c>
       <c r="B53" s="118" t="s">
         <v>438</v>
       </c>
       <c r="E53" s="547"/>
     </row>
     <row r="54" spans="1:8" customFormat="1">
       <c r="H54" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="16" t="str">
         <f>Cert!A50</f>
-        <v>Form 1728-94 (7/25)</v>
+        <v>Form 1728-94 (2/26)</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="g3KcA2o5hyG6RYTtnWRgxurJQPTVA1RJHZTJ+VFBkeQ8Xq9zkcpXkQzB9tr+6SS1jxP22Yw1DW5NcBI6jVjURw==" saltValue="95F8+OiyDK56qG4ccnwAag==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="knaAY/SMZqbhGfREMUaVCs6dBmDwqHE7J4l9eJI0h0bnocSPQ/MA5stCKQ6Ivm/OD18LUl0lFBFnEzkRQyCr4A==" saltValue="F2nADXxjAU4RxFHzUFYFjg==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="4">
     <mergeCell ref="A11:G11"/>
     <mergeCell ref="B45:G45"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B25:G25"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="D26" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>YesNO</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Mileage" prompt="Mileage reimbursement above the current State Employee Reimbursement Rate requires an adjustment on Schedule E and C Column 3." sqref="E47" xr:uid="{00000000-0002-0000-0200-000001000000}"/>
     <dataValidation type="list" allowBlank="1" sqref="E53" xr:uid="{B55B3A64-68A2-4C94-BF5D-647ACBB5EC1D}">
       <formula1>"Yes, No"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="1.25" right="0.25" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4"/>
@@ -10941,51 +10942,51 @@
       </c>
       <c r="F53" s="208">
         <f>F52+F35+F25</f>
         <v>0</v>
       </c>
       <c r="G53" s="208">
         <f>G52+G35+G25</f>
         <v>0</v>
       </c>
       <c r="H53" s="179"/>
     </row>
     <row r="54" spans="1:8">
       <c r="G54" s="472" t="str">
         <f>IF(OR(G53-'Sch C'!D102&gt;2,G53-'Sch C'!D102&lt;-1),"Total should equal Sch C Col 2","")</f>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="209" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="16" t="str">
         <f>Cert!A50</f>
-        <v>Form 1728-94 (7/25)</v>
+        <v>Form 1728-94 (2/26)</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="F68H+UYCyADZD2I9csYgZjB+2ztLgccwhdfW0cBnJvLIup38MtqHu/bkaFrn9JAVOJYrbTQBqoeWgyqe9oNmEg==" saltValue="bnqNWPRcNSHHptENrqj/RA==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="1.25" right="0.25" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:I76"/>
   <sheetViews>
     <sheetView showZeros="0" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="10" topLeftCell="C13" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A3" sqref="A3"/>
       <selection pane="topRight" activeCell="C3" sqref="C3"/>
       <selection pane="bottomLeft" activeCell="A13" sqref="A13"/>
       <selection pane="bottomRight" activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
@@ -12343,51 +12344,51 @@
     <row r="72" spans="1:9" ht="8.25" customHeight="1">
       <c r="A72" s="180"/>
       <c r="D72" s="261"/>
       <c r="E72" s="262"/>
       <c r="F72" s="261"/>
       <c r="G72" s="262"/>
       <c r="H72" s="261"/>
       <c r="I72" s="262"/>
     </row>
     <row r="73" spans="1:9" ht="44.25" customHeight="1">
       <c r="A73" s="563" t="s">
         <v>294</v>
       </c>
       <c r="B73" s="563"/>
       <c r="C73" s="563"/>
       <c r="D73" s="563"/>
       <c r="E73" s="563"/>
       <c r="F73" s="563"/>
       <c r="G73" s="563"/>
       <c r="H73" s="563"/>
       <c r="I73" s="563"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="16" t="str">
         <f>Cert!A50</f>
-        <v>Form 1728-94 (7/25)</v>
+        <v>Form 1728-94 (2/26)</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="OH7TWipnFGyvc29JF8mFjWjgJP/0DdHoO4A/Jcd5K6jS7rGCalJMl6ksj0u4Zwt+bEGsUsjn6AAyDPPq0Uf+vA==" saltValue="HSrAET2jx9RByO4JmzuDwg==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="1">
     <mergeCell ref="A73:I73"/>
   </mergeCells>
   <conditionalFormatting sqref="B13:B100">
     <cfRule type="cellIs" dxfId="3" priority="1" operator="equal">
       <formula>"&lt;Enter specific title or title grouping&gt;"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="1.25" right="0.25" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="65" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:O108"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="12" topLeftCell="C13" activePane="bottomRight" state="frozen"/>
@@ -12874,115 +12875,115 @@
       </c>
       <c r="N18" s="309" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:14" ht="13.5" thickBot="1">
       <c r="A19" s="138"/>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
       <c r="I19" s="19"/>
       <c r="J19" s="19"/>
       <c r="K19" s="19"/>
       <c r="L19" s="19"/>
       <c r="M19" s="19"/>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="280">
         <v>2210</v>
       </c>
       <c r="B20" s="284" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="C20" s="301"/>
       <c r="D20" s="301"/>
       <c r="E20" s="301"/>
       <c r="F20" s="506">
         <f>SUM(C20:E20)</f>
         <v>0</v>
       </c>
       <c r="G20" s="460"/>
       <c r="H20" s="451"/>
       <c r="I20" s="506">
         <f>K20+L20</f>
         <v>0</v>
       </c>
       <c r="J20" s="460"/>
       <c r="K20" s="464"/>
       <c r="L20" s="303"/>
       <c r="M20" s="510">
         <f>SUM(H20:I20)</f>
         <v>0</v>
       </c>
       <c r="N20" s="309" t="str">
         <f>IF(OR(M20-F20&gt;2,M20-F20&lt;-2)," ERROR","")</f>
         <v/>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="282">
         <v>2220</v>
       </c>
       <c r="B21" s="172" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="C21" s="296"/>
       <c r="D21" s="296"/>
       <c r="E21" s="296"/>
       <c r="F21" s="505">
         <f t="shared" ref="F21:F22" si="1">SUM(C21:E21)</f>
         <v>0</v>
       </c>
       <c r="G21" s="459"/>
       <c r="H21" s="448"/>
       <c r="I21" s="505">
         <f>K21+L21</f>
         <v>0</v>
       </c>
       <c r="J21" s="459"/>
       <c r="K21" s="453"/>
       <c r="L21" s="295"/>
       <c r="M21" s="511">
         <f>SUM(H21:I21)</f>
         <v>0</v>
       </c>
       <c r="N21" s="309" t="str">
         <f>IF(OR(M21-F21&gt;2,M21-F21&lt;-1)," ERROR","")</f>
         <v/>
       </c>
     </row>
     <row r="22" spans="1:14" ht="13.5" thickBot="1">
       <c r="A22" s="282">
         <v>2230</v>
       </c>
       <c r="B22" s="172" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C22" s="296"/>
       <c r="D22" s="296"/>
       <c r="E22" s="296"/>
       <c r="F22" s="505">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G22" s="459"/>
       <c r="H22" s="448"/>
       <c r="I22" s="505">
         <f>K22+L22</f>
         <v>0</v>
       </c>
       <c r="J22" s="459"/>
       <c r="K22" s="453"/>
       <c r="L22" s="295"/>
       <c r="M22" s="511">
         <f>SUM(H22:I22)</f>
         <v>0</v>
       </c>
       <c r="N22" s="309" t="str">
         <f>IF(OR(M22-F22&gt;2,M22-F22&lt;-1)," ERROR","")</f>
         <v/>
       </c>
@@ -13034,83 +13035,83 @@
       </c>
       <c r="N23" s="309" t="str">
         <f>IF(OR(M23-F23&gt;2,M23-F23&lt;-1)," ERROR","")</f>
         <v/>
       </c>
     </row>
     <row r="24" spans="1:14" ht="13.5" thickBot="1">
       <c r="A24" s="138"/>
       <c r="C24" s="19"/>
       <c r="D24" s="19"/>
       <c r="E24" s="19"/>
       <c r="F24" s="19"/>
       <c r="G24" s="19"/>
       <c r="H24" s="19"/>
       <c r="I24" s="19"/>
       <c r="J24" s="19"/>
       <c r="K24" s="19"/>
       <c r="L24" s="19"/>
       <c r="M24" s="19"/>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="280">
         <v>2310</v>
       </c>
       <c r="B25" s="284" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="C25" s="301"/>
       <c r="D25" s="301"/>
       <c r="E25" s="301"/>
       <c r="F25" s="506">
         <f>SUM(C25:E25)</f>
         <v>0</v>
       </c>
       <c r="G25" s="460"/>
       <c r="H25" s="451"/>
       <c r="I25" s="506">
         <f>K25+L25</f>
         <v>0</v>
       </c>
       <c r="J25" s="460"/>
       <c r="K25" s="464"/>
       <c r="L25" s="303"/>
       <c r="M25" s="510">
         <f>SUM(H25:I25)</f>
         <v>0</v>
       </c>
       <c r="N25" s="309" t="str">
         <f t="shared" ref="N25:N26" si="5">IF(OR(M25-F25&gt;2,M25-F25&lt;-1)," ERROR","")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:14" ht="13.5" thickBot="1">
       <c r="A26" s="282">
         <v>2320</v>
       </c>
       <c r="B26" s="172" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C26" s="296"/>
       <c r="D26" s="296"/>
       <c r="E26" s="296"/>
       <c r="F26" s="505">
         <f t="shared" ref="F26" si="6">SUM(C26:E26)</f>
         <v>0</v>
       </c>
       <c r="G26" s="459"/>
       <c r="H26" s="448"/>
       <c r="I26" s="505">
         <f>K26+L26</f>
         <v>0</v>
       </c>
       <c r="J26" s="459"/>
       <c r="K26" s="453"/>
       <c r="L26" s="295"/>
       <c r="M26" s="511">
         <f>SUM(H26:I26)</f>
         <v>0</v>
       </c>
       <c r="N26" s="309" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
@@ -16528,51 +16529,51 @@
       <c r="A55" s="342" t="s">
         <v>119</v>
       </c>
       <c r="B55" s="343">
         <v>790</v>
       </c>
       <c r="C55" s="354"/>
       <c r="D55" s="481"/>
       <c r="E55" s="346">
         <f>SUM(E54,E53)</f>
         <v>0</v>
       </c>
       <c r="F55" s="346">
         <f>SUM(F54,F53)</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="209" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="138" t="str">
         <f>Cert!A50</f>
-        <v>Form 1728-94 (7/25)</v>
+        <v>Form 1728-94 (2/26)</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="K60" s="118" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="l+TrjwvX/2xYXLOdnHQpzoyqonovH7HABvpusWeVCsi+oIfWsmbuH/uxab84elwqAKrCQdgng8TPcaQcG1Rc6w==" saltValue="UGp9+9tmGmxTXNnkymfARg==" spinCount="100000" sheet="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="1.25" right="0.25" top="0.75" bottom="0.5" header="0.5" footer="0.25"/>
   <pageSetup scale="58" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:O57"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
@@ -18018,51 +18019,51 @@
         <v>0</v>
       </c>
       <c r="I53" s="386">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J53" s="519"/>
     </row>
     <row r="54" spans="1:15">
       <c r="D54" s="520" t="str">
         <f>IF(OR(D53-'Sch C'!E102&gt;2,D53-'Sch C'!E102&lt;-1),"ERROR - Total should equal Sch C Col 3","")</f>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="521" t="s">
         <v>352</v>
       </c>
       <c r="O55" s="79" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="514" t="str">
         <f>Cert!A50</f>
-        <v>Form 1728-94 (7/25)</v>
+        <v>Form 1728-94 (2/26)</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="dOfAyGg+bTeyiUrFy/bQ00pVLoP4ybztvEb5NmjMHvgjcbwiALwQ0A7Z8IDhrNaYakkmyn4eIy/DPg3K/We70w==" saltValue="W/iag3HbxaWn2M8PvN9g+w==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <conditionalFormatting sqref="B13:B53">
     <cfRule type="cellIs" dxfId="2" priority="1" operator="equal">
       <formula>"&lt;Enter Description&gt;"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E13:E52" xr:uid="{00000000-0002-0000-0700-000000000000}">
       <formula1>Alloc</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="DO NOT USE" prompt="Additional information should be included on Support Schedules 1 or 2.  Do not include data in peripheral cells of Sch E.  " sqref="K1:GB5 K7:GB865" xr:uid="{00000000-0002-0000-0700-000001000000}"/>
   </dataValidations>
   <pageMargins left="1.25" right="0.25" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="75" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="I38:J53" unlockedFormula="1"/>
     <ignoredError sqref="E54:H54 E53" formulaRange="1"/>
     <ignoredError sqref="D53:D54 F53:H53" formulaRange="1" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
@@ -18140,78 +18141,78 @@
     <row r="7" spans="1:6">
       <c r="A7" s="387">
         <f>Cert!I6</f>
         <v>0</v>
       </c>
       <c r="B7" s="416"/>
       <c r="C7" s="416"/>
       <c r="D7" s="416"/>
       <c r="E7" s="121"/>
       <c r="F7" s="121"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="391" t="str">
         <f>TEXT(Cert!$D$12,"mm/dd/yyyy")&amp;" "&amp;"to"&amp;" "&amp;TEXT(Cert!$F$12,"mm/dd/yyyy")</f>
         <v>01/00/1900 to 01/00/1900</v>
       </c>
       <c r="B8" s="408"/>
       <c r="C8" s="392"/>
       <c r="D8" s="408"/>
     </row>
     <row r="10" spans="1:6" ht="12.75" customHeight="1" thickBot="1">
       <c r="A10" s="121"/>
       <c r="E10" s="417"/>
     </row>
     <row r="11" spans="1:6" ht="22.5" customHeight="1">
-      <c r="A11" s="567" t="s">
+      <c r="A11" s="570" t="s">
         <v>203</v>
       </c>
-      <c r="B11" s="569" t="s">
+      <c r="B11" s="572" t="s">
         <v>164</v>
       </c>
-      <c r="C11" s="571" t="s">
+      <c r="C11" s="574" t="s">
         <v>165</v>
       </c>
-      <c r="D11" s="572"/>
+      <c r="D11" s="575"/>
     </row>
     <row r="12" spans="1:6" ht="32.25" customHeight="1" thickBot="1">
-      <c r="A12" s="568"/>
-      <c r="B12" s="570"/>
+      <c r="A12" s="571"/>
+      <c r="B12" s="573"/>
       <c r="C12" s="418" t="s">
         <v>305</v>
       </c>
       <c r="D12" s="419" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="25.5" customHeight="1">
-      <c r="A13" s="573" t="s">
+      <c r="A13" s="576" t="s">
         <v>166</v>
       </c>
-      <c r="B13" s="574"/>
-[...1 lines deleted...]
-      <c r="D13" s="575"/>
+      <c r="B13" s="577"/>
+      <c r="C13" s="577"/>
+      <c r="D13" s="578"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="564" t="s">
         <v>375</v>
       </c>
       <c r="B14" s="565"/>
       <c r="C14" s="565"/>
       <c r="D14" s="566"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="534" t="s">
         <v>376</v>
       </c>
       <c r="B15" s="420">
         <v>901</v>
       </c>
       <c r="C15" s="409"/>
       <c r="D15" s="409"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="534" t="s">
         <v>377</v>
       </c>
       <c r="B16" s="420">
         <v>902</v>
@@ -18550,60 +18551,60 @@
       </c>
       <c r="D48" s="415">
         <f>SUM(D44:D47)</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="13.5" thickBot="1">
       <c r="A49" s="533" t="s">
         <v>168</v>
       </c>
       <c r="B49" s="421">
         <v>933</v>
       </c>
       <c r="C49" s="422">
         <f>SUM(C25,C42,C48)</f>
         <v>0</v>
       </c>
       <c r="D49" s="415">
         <f>SUM(D25,D42,D48)</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="13.5" thickBot="1">
       <c r="A50" s="118" t="str">
         <f>Cert!A50</f>
-        <v>Form 1728-94 (7/25)</v>
+        <v>Form 1728-94 (2/26)</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="24" customHeight="1">
-      <c r="A51" s="576" t="s">
+      <c r="A51" s="567" t="s">
         <v>169</v>
       </c>
-      <c r="B51" s="577"/>
-[...1 lines deleted...]
-      <c r="D51" s="578"/>
+      <c r="B51" s="568"/>
+      <c r="C51" s="568"/>
+      <c r="D51" s="569"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="564" t="s">
         <v>404</v>
       </c>
       <c r="B52" s="565"/>
       <c r="C52" s="565"/>
       <c r="D52" s="566"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="534" t="s">
         <v>170</v>
       </c>
       <c r="B53" s="420">
         <v>934</v>
       </c>
       <c r="C53" s="409"/>
       <c r="D53" s="409"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="534" t="s">
         <v>405</v>
       </c>
       <c r="B54" s="420">
         <v>935</v>
@@ -18767,56 +18768,56 @@
         <v>0</v>
       </c>
       <c r="D69" s="415">
         <f>SUM(D63:D68)</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="13.5" thickBot="1">
       <c r="A70" s="533" t="s">
         <v>171</v>
       </c>
       <c r="B70" s="421">
         <v>950</v>
       </c>
       <c r="C70" s="415">
         <f>SUM(C61,C69)</f>
         <v>0</v>
       </c>
       <c r="D70" s="415">
         <f>SUM(D61,D69)</f>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="13.5" thickBot="1"/>
     <row r="72" spans="1:5" ht="22.5" customHeight="1">
-      <c r="A72" s="576" t="s">
+      <c r="A72" s="567" t="s">
         <v>421</v>
       </c>
-      <c r="B72" s="577"/>
-[...1 lines deleted...]
-      <c r="D72" s="578"/>
+      <c r="B72" s="568"/>
+      <c r="C72" s="568"/>
+      <c r="D72" s="569"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="534" t="s">
         <v>422</v>
       </c>
       <c r="B73" s="420">
         <v>951</v>
       </c>
       <c r="C73" s="409"/>
       <c r="D73" s="409"/>
       <c r="E73" s="423"/>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="534" t="s">
         <v>423</v>
       </c>
       <c r="B74" s="420">
         <v>952</v>
       </c>
       <c r="C74" s="409"/>
       <c r="D74" s="409"/>
       <c r="E74" s="423"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="534" t="s">
@@ -18902,85 +18903,85 @@
         <v>0</v>
       </c>
       <c r="D81" s="415">
         <f>D70+D80</f>
         <v>0</v>
       </c>
       <c r="E81" s="425"/>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="413"/>
       <c r="B82" s="414"/>
       <c r="C82" s="413"/>
       <c r="D82" s="413"/>
       <c r="E82" s="423"/>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="423"/>
       <c r="B83" s="413"/>
       <c r="C83" s="423"/>
       <c r="D83" s="423"/>
       <c r="E83" s="423"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="423" t="str">
         <f>Cert!A50</f>
-        <v>Form 1728-94 (7/25)</v>
+        <v>Form 1728-94 (2/26)</v>
       </c>
       <c r="B84" s="413"/>
       <c r="C84" s="423"/>
       <c r="D84" s="423"/>
       <c r="E84" s="423"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="413"/>
       <c r="B85" s="414"/>
       <c r="C85" s="413"/>
       <c r="D85" s="413"/>
       <c r="E85" s="423"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="413"/>
       <c r="B86" s="414"/>
       <c r="C86" s="413"/>
       <c r="D86" s="413"/>
       <c r="E86" s="423"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="FHmm+8GrC58AJNGp7YpfO48MBUy828hDJnoIbIzXsFAGamGdvH9g+D8vJmlJ6pK+zrBT0cZNRsjbozX5d9UUxA==" saltValue="DtBzB8vlCs5zRF8Hcum/LA==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="11">
-    <mergeCell ref="A62:D62"/>
-[...3 lines deleted...]
-    <mergeCell ref="A43:D43"/>
     <mergeCell ref="A26:D26"/>
     <mergeCell ref="A11:A12"/>
     <mergeCell ref="B11:B12"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="A14:D14"/>
+    <mergeCell ref="A62:D62"/>
+    <mergeCell ref="A52:D52"/>
+    <mergeCell ref="A72:D72"/>
+    <mergeCell ref="A51:D51"/>
+    <mergeCell ref="A43:D43"/>
   </mergeCells>
   <pageMargins left="1.25" right="0.25" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="50" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
@@ -19089,59 +19090,59 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A510BFB5-BA38-41F3-AD98-44D2085B8590}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01754FC3-3A26-4F1F-B417-02737A905A22}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E9C1AE0-6E1C-4B4D-807C-DBF82A6F1A7D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93D21911-BA62-4464-A4D7-AE8A9E2196F1}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12F5CAAA-A42F-40EF-8A92-3E8A8E01747D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EF7BEDA-9086-4328-B6DE-86C64D0BBD5C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>34</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="47" baseType="lpstr">
@@ -19193,32 +19194,32 @@
       <vt:lpstr>Yes</vt:lpstr>
       <vt:lpstr>YesNO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSLC_Version">
-    <vt:lpwstr>EPSDT2023.1.0</vt:lpwstr>
+    <vt:lpwstr>EPSDT2025.1.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSLC_Validated">
     <vt:bool>false</vt:bool>
   </property>
 </Properties>
 </file>