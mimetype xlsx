--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -2,111 +2,111 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hoovr3s1\policy.771\WordProc\FORMS\Form Source\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hoovr3s1\POLICY.771\WordProc\Awaiting Approval or Upload\DNoonan\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{40E999E5-7B22-49A1-B63F-9FBB622C7D68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A73FA0B-9088-4CFA-9F67-13CAA247D0B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="17760" yWindow="4380" windowWidth="21600" windowHeight="11505" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="16080" yWindow="7140" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Instructions" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="FEES">Sheet1!$N$58:$O$58</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$M$85</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028" fullPrecision="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J51" i="1" l="1"/>
   <c r="K51" i="1" s="1"/>
   <c r="H51" i="1"/>
   <c r="K47" i="1"/>
   <c r="K37" i="1"/>
   <c r="K38" i="1"/>
   <c r="K36" i="1"/>
   <c r="K35" i="1"/>
   <c r="J39" i="1"/>
   <c r="H39" i="1"/>
   <c r="K49" i="1"/>
   <c r="K45" i="1"/>
   <c r="K43" i="1"/>
   <c r="K41" i="1"/>
   <c r="K39" i="1" l="1"/>
   <c r="J56" i="1" s="1"/>
   <c r="J60" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="140">
   <si>
     <t>NURSING FACILITY QUALITY ASSURANCE ASSESSMENT</t>
   </si>
   <si>
     <t>CALCULATION WORKSHEET</t>
   </si>
   <si>
     <t>NPI Number</t>
   </si>
   <si>
     <t>Name of Facility</t>
   </si>
   <si>
     <t>Employer I.D. Number</t>
   </si>
   <si>
     <t>Mailing Address</t>
   </si>
   <si>
     <t>Street or P. O. Box</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
@@ -205,53 +205,50 @@
   <si>
     <t>C.  Hospice Days (Medicare, Medicaid, Private Pay)</t>
   </si>
   <si>
     <t>D.  Total Other Days for Reporting Period -  Private Pay, Insurance, VA, &amp; HMO</t>
   </si>
   <si>
     <t>E.  Total Leave Days (Paid or Unpaid)</t>
   </si>
   <si>
     <t>Calculation of Quality Assurance Assessment Amount</t>
   </si>
   <si>
     <t>This Form and Check are due no later than 30 Days after the quarter end</t>
   </si>
   <si>
     <t>Make Check Payable and Mail to:</t>
   </si>
   <si>
     <t>Iowa Medicaid</t>
   </si>
   <si>
     <t>PO Box 850280</t>
   </si>
   <si>
-    <t>Minneapolis, MN 55485-0285</t>
-[...1 lines deleted...]
-  <si>
     <t>CERTIFICATION STATEMENT</t>
   </si>
   <si>
     <t>Name of Authorized Person</t>
   </si>
   <si>
     <t>Title/Position</t>
   </si>
   <si>
     <t>Telephone Number</t>
   </si>
   <si>
     <t>Signature of Authorized Person</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Address of Authorized Person</t>
   </si>
   <si>
     <t>Name of Preparer</t>
   </si>
   <si>
     <t>Telephone Number of Preparer</t>
@@ -299,53 +296,50 @@
     <t xml:space="preserve">Calculation of Quality Assurance Assessment Fee Amount </t>
   </si>
   <si>
     <t xml:space="preserve">Note: This field will automatically calculate based on information provided in the Statistical Data section </t>
   </si>
   <si>
     <t xml:space="preserve">a. Has 46 or fewer licensed beds </t>
   </si>
   <si>
     <t xml:space="preserve">b. Designated as a Continuing Care Retirement Centers (CCRC) </t>
   </si>
   <si>
     <t xml:space="preserve">c. Has annual Iowa Medicaid patient days of 19,000 or more </t>
   </si>
   <si>
     <t xml:space="preserve">If a facility meets any of the criteria in a, b, or c the assessment fee is $6.51 per bed day. </t>
   </si>
   <si>
     <t xml:space="preserve">You will only be able to choose $33.90 or $6.51 from the drop down box. </t>
   </si>
   <si>
     <t xml:space="preserve">This form and a check for the total quality assurance assessment owed are due no later than 30 days after quarter end. </t>
   </si>
   <si>
     <t xml:space="preserve">Completed forms should be submitted to the following address: </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Minneapolis, MN 55485-0285 </t>
   </si>
   <si>
     <t xml:space="preserve">If a package is sent requiring a signature (i.e., certified mail or overnight), send to: </t>
   </si>
   <si>
     <t>Lockbox Services – #310280</t>
   </si>
   <si>
     <t xml:space="preserve">Shoreview, MN 55126 </t>
   </si>
   <si>
     <t xml:space="preserve">Facilities whose form is received after 30 days from the end of the quarter will be required to pay a penalty in the amount of 1.5% of the quality assurance assessment owed for each month or portion of a month the payment is overdue. </t>
   </si>
   <si>
     <t xml:space="preserve">Certification Statement </t>
   </si>
   <si>
     <t>After adequate review of the completed form, the certification statement must be signed by a responsible person having authorization from the controlling body (board, owner, etc.) of the facility to make such representations. The certification statement submitted must contain original signatures.</t>
   </si>
   <si>
     <t>A.4 - Total Medicaid Days for Reporting Period - Molina</t>
   </si>
   <si>
     <t>This is to certify that the foregoing information, including any attached exhibits, schedules, and explanations is true, accurate, complete, and related to nursing facility patient care.  I understand that this information is submitted for the purpose of calculating the quality assessment under SF 476, and the ultimate collection of the quality assessment will be based upon the information contained herein. The provider certifies that they have not imposed rate increases due to the quality assurance assessment fee for non-Medicaid payors as a component of the routine service charges for those payors. I understand that any false claims, statements, or documents, or concealment of material fact may be prosecuted under applicable federal or state law.  Declaration of preparer is based on all information of which the preparer has any knowledge.</t>
   </si>
@@ -702,88 +696,60 @@
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Report the number of days that a bed was occupied in the facility for a payor type other than Medicaid, Medicare Part A or Medicare Part C, for the quarter. Exclude leave and hospice days. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">E.    Total Leave Days: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Report the number of days any resident was absent, regardless of reason, and regardless of if the bed-hold was paid for. </t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">An electronic copy of the form only should be submitted to </t>
-[...12 lines deleted...]
-    <r>
       <t xml:space="preserve">This form can be found on the IME website at </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>https://hhs.iowa.gov/programs/welcome-iowa-medicaid/provider-services/provider-forms</t>
-    </r>
-[...12 lines deleted...]
-      <t xml:space="preserve">costaudit@dhs.state.ia.us </t>
     </r>
   </si>
   <si>
     <r>
       <t>1801 Parkview Dr. 1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>st Floor</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">H.    Patient days: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
@@ -817,50 +783,81 @@
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total quality assurance assessment fee owed to Iowa Medicaid: The quality assurance assessment fee owed is the product of bed days from F and the quality assurance assessment fee per bed day from G. </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Note: This field will automatically calculate based on information provided in H and I above. </t>
   </si>
   <si>
     <t>F.  Excluded Days</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">F.     Excluded Days: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Report the number of days for any resident where the day is not subject to the assessment fee, for example, the payor is PACE or another State Medicaid agency.</t>
+    </r>
+  </si>
+  <si>
+    <t>Minneapolis, MN 55485-0280</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">An electronic copy of the form only should be submitted to </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">costaudit@hhs.iowa.gov </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Questions concerning this form should be addressed to Provider Cost Audit at 1-866-863-8610, or (515) 256-4610, or to </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">costaudit@hhs.iowa.gov </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0_);\(0\)"/>
     <numFmt numFmtId="165" formatCode="#,##0.0_);[Red]\(#,##0.0\)"/>
     <numFmt numFmtId="166" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1722,475 +1719,475 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="37" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="3" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...330 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2532,313 +2529,313 @@
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P109"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="55" workbookViewId="0">
-      <selection activeCell="J18" sqref="J18"/>
+    <sheetView topLeftCell="A49" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="55" workbookViewId="0">
+      <selection activeCell="Q64" sqref="Q64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="9" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="8.85546875" style="1" customWidth="1"/>
     <col min="6" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="7.28515625" style="1" customWidth="1"/>
     <col min="10" max="10" width="14" style="1" customWidth="1"/>
     <col min="11" max="11" width="7.42578125" style="1" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="1" customWidth="1"/>
     <col min="13" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="195" t="s">
+      <c r="A1" s="140" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="195"/>
-[...9 lines deleted...]
-      <c r="L1" s="195"/>
+      <c r="B1" s="140"/>
+      <c r="C1" s="140"/>
+      <c r="D1" s="140"/>
+      <c r="E1" s="140"/>
+      <c r="F1" s="140"/>
+      <c r="G1" s="140"/>
+      <c r="H1" s="140"/>
+      <c r="I1" s="140"/>
+      <c r="J1" s="140"/>
+      <c r="K1" s="140"/>
+      <c r="L1" s="140"/>
       <c r="M1" s="47"/>
       <c r="N1" s="47"/>
       <c r="O1" s="47"/>
       <c r="P1" s="47"/>
     </row>
     <row r="2" spans="1:16" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="195" t="s">
+      <c r="A2" s="140" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="195"/>
-[...9 lines deleted...]
-      <c r="L2" s="195"/>
+      <c r="B2" s="140"/>
+      <c r="C2" s="140"/>
+      <c r="D2" s="140"/>
+      <c r="E2" s="140"/>
+      <c r="F2" s="140"/>
+      <c r="G2" s="140"/>
+      <c r="H2" s="140"/>
+      <c r="I2" s="140"/>
+      <c r="J2" s="140"/>
+      <c r="K2" s="140"/>
+      <c r="L2" s="140"/>
       <c r="M2" s="47"/>
       <c r="N2" s="47"/>
       <c r="O2" s="47"/>
       <c r="P2" s="47"/>
     </row>
     <row r="3" spans="1:16" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="206" t="s">
-[...12 lines deleted...]
-      <c r="L3" s="207"/>
+      <c r="A3" s="148" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" s="149"/>
+      <c r="C3" s="149"/>
+      <c r="D3" s="149"/>
+      <c r="E3" s="149"/>
+      <c r="F3" s="149"/>
+      <c r="G3" s="149"/>
+      <c r="H3" s="149"/>
+      <c r="I3" s="149"/>
+      <c r="J3" s="149"/>
+      <c r="K3" s="149"/>
+      <c r="L3" s="149"/>
       <c r="M3" s="65"/>
       <c r="N3" s="47"/>
       <c r="O3" s="47"/>
       <c r="P3" s="47"/>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="173"/>
-[...9 lines deleted...]
-      <c r="L4" s="177"/>
+      <c r="B4" s="159"/>
+      <c r="C4" s="160"/>
+      <c r="D4" s="160"/>
+      <c r="E4" s="160"/>
+      <c r="F4" s="161"/>
+      <c r="G4" s="115"/>
+      <c r="H4" s="116"/>
+      <c r="I4" s="116"/>
+      <c r="J4" s="116"/>
+      <c r="K4" s="116"/>
+      <c r="L4" s="116"/>
       <c r="M4" s="65"/>
       <c r="N4" s="47"/>
       <c r="O4" s="47"/>
       <c r="P4" s="47"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A5" s="196" t="s">
+      <c r="A5" s="141" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="197"/>
-[...4 lines deleted...]
-      <c r="G5" s="196" t="s">
+      <c r="B5" s="142"/>
+      <c r="C5" s="142"/>
+      <c r="D5" s="142"/>
+      <c r="E5" s="142"/>
+      <c r="F5" s="143"/>
+      <c r="G5" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="H5" s="197"/>
-[...3 lines deleted...]
-      <c r="L5" s="197"/>
+      <c r="H5" s="142"/>
+      <c r="I5" s="142"/>
+      <c r="J5" s="142"/>
+      <c r="K5" s="142"/>
+      <c r="L5" s="142"/>
       <c r="M5" s="65"/>
       <c r="N5" s="47"/>
       <c r="O5" s="47"/>
       <c r="P5" s="47"/>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A6" s="199"/>
-[...10 lines deleted...]
-      <c r="L6" s="200"/>
+      <c r="A6" s="112"/>
+      <c r="B6" s="113"/>
+      <c r="C6" s="113"/>
+      <c r="D6" s="113"/>
+      <c r="E6" s="113"/>
+      <c r="F6" s="114"/>
+      <c r="G6" s="112"/>
+      <c r="H6" s="113"/>
+      <c r="I6" s="113"/>
+      <c r="J6" s="113"/>
+      <c r="K6" s="113"/>
+      <c r="L6" s="113"/>
       <c r="M6" s="65"/>
       <c r="N6" s="47"/>
       <c r="O6" s="47"/>
       <c r="P6" s="47"/>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A7" s="176" t="s">
+      <c r="A7" s="115" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="177"/>
-[...9 lines deleted...]
-      <c r="L7" s="177"/>
+      <c r="B7" s="116"/>
+      <c r="C7" s="116"/>
+      <c r="D7" s="116"/>
+      <c r="E7" s="116"/>
+      <c r="F7" s="116"/>
+      <c r="G7" s="116"/>
+      <c r="H7" s="116"/>
+      <c r="I7" s="116"/>
+      <c r="J7" s="116"/>
+      <c r="K7" s="116"/>
+      <c r="L7" s="116"/>
       <c r="M7" s="65"/>
       <c r="N7" s="47"/>
       <c r="O7" s="47"/>
       <c r="P7" s="47"/>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A8" s="176" t="s">
+      <c r="A8" s="115" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="177"/>
-[...4 lines deleted...]
-      <c r="G8" s="176" t="s">
+      <c r="B8" s="116"/>
+      <c r="C8" s="116"/>
+      <c r="D8" s="116"/>
+      <c r="E8" s="116"/>
+      <c r="F8" s="117"/>
+      <c r="G8" s="115" t="s">
         <v>7</v>
       </c>
-      <c r="H8" s="205"/>
-      <c r="I8" s="176" t="s">
+      <c r="H8" s="117"/>
+      <c r="I8" s="115" t="s">
         <v>8</v>
       </c>
-      <c r="J8" s="205"/>
-      <c r="K8" s="176" t="s">
+      <c r="J8" s="117"/>
+      <c r="K8" s="115" t="s">
         <v>9</v>
       </c>
-      <c r="L8" s="177"/>
+      <c r="L8" s="116"/>
       <c r="M8" s="65"/>
       <c r="N8" s="47"/>
       <c r="O8" s="47"/>
       <c r="P8" s="47"/>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A9" s="199"/>
-[...10 lines deleted...]
-      <c r="L9" s="208"/>
+      <c r="A9" s="112"/>
+      <c r="B9" s="113"/>
+      <c r="C9" s="113"/>
+      <c r="D9" s="113"/>
+      <c r="E9" s="113"/>
+      <c r="F9" s="113"/>
+      <c r="G9" s="112"/>
+      <c r="H9" s="114"/>
+      <c r="I9" s="144"/>
+      <c r="J9" s="145"/>
+      <c r="K9" s="144"/>
+      <c r="L9" s="150"/>
       <c r="M9" s="65"/>
       <c r="N9" s="47"/>
       <c r="O9" s="47"/>
       <c r="P9" s="47"/>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A10" s="176" t="s">
+      <c r="A10" s="115" t="s">
         <v>10</v>
       </c>
-      <c r="B10" s="177"/>
-[...9 lines deleted...]
-      <c r="L10" s="177"/>
+      <c r="B10" s="116"/>
+      <c r="C10" s="116"/>
+      <c r="D10" s="116"/>
+      <c r="E10" s="116"/>
+      <c r="F10" s="116"/>
+      <c r="G10" s="116"/>
+      <c r="H10" s="116"/>
+      <c r="I10" s="116"/>
+      <c r="J10" s="116"/>
+      <c r="K10" s="116"/>
+      <c r="L10" s="116"/>
       <c r="M10" s="65"/>
       <c r="N10" s="47"/>
       <c r="O10" s="47"/>
       <c r="P10" s="47"/>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A11" s="71" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="72"/>
       <c r="C11" s="72"/>
       <c r="D11" s="72"/>
       <c r="E11" s="72"/>
       <c r="F11" s="73"/>
-      <c r="G11" s="176" t="s">
+      <c r="G11" s="115" t="s">
         <v>7</v>
       </c>
-      <c r="H11" s="205"/>
-      <c r="I11" s="176" t="s">
+      <c r="H11" s="117"/>
+      <c r="I11" s="115" t="s">
         <v>8</v>
       </c>
-      <c r="J11" s="205"/>
-      <c r="K11" s="176" t="s">
+      <c r="J11" s="117"/>
+      <c r="K11" s="115" t="s">
         <v>9</v>
       </c>
-      <c r="L11" s="177"/>
+      <c r="L11" s="116"/>
       <c r="M11" s="65"/>
       <c r="N11" s="47"/>
       <c r="O11" s="47"/>
       <c r="P11" s="47"/>
     </row>
     <row r="12" spans="1:16" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="219"/>
-[...10 lines deleted...]
-      <c r="L12" s="209"/>
+      <c r="A12" s="130"/>
+      <c r="B12" s="131"/>
+      <c r="C12" s="131"/>
+      <c r="D12" s="132"/>
+      <c r="E12" s="132"/>
+      <c r="F12" s="132"/>
+      <c r="G12" s="133"/>
+      <c r="H12" s="134"/>
+      <c r="I12" s="146"/>
+      <c r="J12" s="147"/>
+      <c r="K12" s="146"/>
+      <c r="L12" s="151"/>
       <c r="M12" s="65"/>
       <c r="N12" s="47"/>
       <c r="O12" s="47"/>
       <c r="P12" s="47"/>
     </row>
     <row r="13" spans="1:16" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="6"/>
       <c r="D13" s="7"/>
       <c r="E13" s="8"/>
       <c r="F13" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="60"/>
       <c r="H13" s="9" t="s">
         <v>14</v>
       </c>
       <c r="I13" s="60"/>
       <c r="J13" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K13" s="60"/>
@@ -2884,1495 +2881,1495 @@
       <c r="E15" s="12"/>
       <c r="F15" s="19"/>
       <c r="G15" s="19"/>
       <c r="H15" s="13" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="61"/>
       <c r="J15" s="74" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="62"/>
       <c r="L15" s="12"/>
       <c r="M15" s="65"/>
       <c r="N15" s="47"/>
       <c r="O15" s="47"/>
       <c r="P15" s="47"/>
     </row>
     <row r="16" spans="1:16" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="20" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="19"/>
       <c r="C16" s="19"/>
       <c r="D16" s="19"/>
       <c r="E16" s="63"/>
-      <c r="F16" s="163" t="s">
+      <c r="F16" s="152" t="s">
         <v>22</v>
       </c>
-      <c r="G16" s="164"/>
-[...4 lines deleted...]
-      <c r="L16" s="169"/>
+      <c r="G16" s="153"/>
+      <c r="H16" s="153"/>
+      <c r="I16" s="153"/>
+      <c r="J16" s="154"/>
+      <c r="K16" s="157"/>
+      <c r="L16" s="158"/>
       <c r="M16" s="65"/>
       <c r="N16" s="47"/>
       <c r="O16" s="47"/>
       <c r="P16" s="47"/>
     </row>
     <row r="17" spans="1:16" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="20" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
       <c r="D17" s="19" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="E17" s="63"/>
       <c r="F17" s="79"/>
       <c r="G17" s="80" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H17" s="63"/>
       <c r="I17" s="80"/>
       <c r="J17" s="80"/>
-      <c r="K17" s="178"/>
-      <c r="L17" s="179"/>
+      <c r="K17" s="165"/>
+      <c r="L17" s="166"/>
       <c r="M17" s="65"/>
       <c r="N17" s="47"/>
       <c r="O17" s="47"/>
       <c r="P17" s="47"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A18" s="19"/>
       <c r="B18" s="19"/>
       <c r="C18" s="19"/>
       <c r="D18" s="12"/>
       <c r="E18" s="18"/>
       <c r="F18" s="78"/>
       <c r="G18" s="78"/>
       <c r="H18" s="18"/>
       <c r="I18" s="18"/>
       <c r="J18" s="18"/>
       <c r="K18" s="18"/>
       <c r="L18" s="18"/>
       <c r="M18" s="65"/>
       <c r="N18" s="47"/>
       <c r="O18" s="47"/>
       <c r="P18" s="47"/>
     </row>
     <row r="19" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="132" t="s">
-[...12 lines deleted...]
-      <c r="L19" s="154"/>
+      <c r="A19" s="162" t="s">
+        <v>91</v>
+      </c>
+      <c r="B19" s="163"/>
+      <c r="C19" s="163"/>
+      <c r="D19" s="163"/>
+      <c r="E19" s="164"/>
+      <c r="F19" s="163"/>
+      <c r="G19" s="163"/>
+      <c r="H19" s="163"/>
+      <c r="I19" s="163"/>
+      <c r="J19" s="163"/>
+      <c r="K19" s="163"/>
+      <c r="L19" s="193"/>
       <c r="M19" s="65"/>
       <c r="N19" s="47"/>
       <c r="O19" s="47"/>
       <c r="P19" s="47"/>
     </row>
     <row r="20" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="87"/>
       <c r="B20" s="83"/>
       <c r="C20" s="84"/>
       <c r="D20" s="82"/>
       <c r="E20" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="F20" s="149"/>
-      <c r="G20" s="150"/>
+      <c r="F20" s="189"/>
+      <c r="G20" s="190"/>
       <c r="H20" s="82"/>
       <c r="I20" s="84"/>
       <c r="J20" s="84"/>
       <c r="K20" s="83"/>
       <c r="L20" s="95"/>
       <c r="M20" s="65"/>
       <c r="N20" s="47"/>
       <c r="O20" s="47"/>
       <c r="P20" s="47"/>
     </row>
     <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="89" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B21" s="96"/>
       <c r="C21" s="86"/>
       <c r="D21" s="92" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E21" s="88"/>
       <c r="F21" s="85"/>
       <c r="G21" s="92" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="H21" s="88"/>
       <c r="I21" s="93"/>
       <c r="J21" s="92" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="L21" s="152"/>
+        <v>101</v>
+      </c>
+      <c r="K21" s="191"/>
+      <c r="L21" s="192"/>
       <c r="M21" s="65"/>
       <c r="N21" s="47"/>
       <c r="O21" s="47"/>
       <c r="P21" s="47"/>
     </row>
     <row r="22" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="90" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B22" s="60"/>
       <c r="C22" s="24"/>
       <c r="D22" s="92" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E22" s="60"/>
       <c r="F22" s="85"/>
       <c r="G22" s="92" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H22" s="60"/>
       <c r="I22" s="94"/>
       <c r="J22" s="92" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="L22" s="152"/>
+        <v>102</v>
+      </c>
+      <c r="K22" s="191"/>
+      <c r="L22" s="192"/>
       <c r="M22" s="65"/>
       <c r="N22" s="47"/>
       <c r="O22" s="47"/>
       <c r="P22" s="47"/>
     </row>
     <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="91" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B23" s="60"/>
       <c r="C23" s="19"/>
       <c r="D23" s="91" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E23" s="60"/>
       <c r="F23" s="19"/>
       <c r="G23" s="91" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H23" s="60"/>
       <c r="I23" s="94"/>
       <c r="J23" s="91" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-      <c r="L23" s="152"/>
+        <v>103</v>
+      </c>
+      <c r="K23" s="191"/>
+      <c r="L23" s="192"/>
       <c r="M23" s="47"/>
       <c r="N23" s="47"/>
       <c r="O23" s="47"/>
       <c r="P23" s="47"/>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A24" s="18"/>
       <c r="B24" s="18"/>
       <c r="C24" s="18"/>
       <c r="D24" s="78"/>
       <c r="E24" s="18"/>
       <c r="F24" s="78"/>
       <c r="G24" s="78"/>
       <c r="H24" s="18"/>
       <c r="I24" s="18"/>
       <c r="J24" s="18"/>
       <c r="K24" s="18"/>
       <c r="L24" s="18"/>
       <c r="M24" s="65"/>
       <c r="N24" s="47"/>
       <c r="O24" s="47"/>
       <c r="P24" s="47"/>
     </row>
     <row r="25" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="132" t="s">
+      <c r="A25" s="162" t="s">
         <v>23</v>
       </c>
-      <c r="B25" s="133"/>
-[...9 lines deleted...]
-      <c r="L25" s="133"/>
+      <c r="B25" s="163"/>
+      <c r="C25" s="163"/>
+      <c r="D25" s="164"/>
+      <c r="E25" s="163"/>
+      <c r="F25" s="164"/>
+      <c r="G25" s="164"/>
+      <c r="H25" s="163"/>
+      <c r="I25" s="163"/>
+      <c r="J25" s="163"/>
+      <c r="K25" s="163"/>
+      <c r="L25" s="163"/>
       <c r="M25" s="65"/>
       <c r="N25" s="47"/>
       <c r="O25" s="47"/>
       <c r="P25" s="47"/>
     </row>
     <row r="26" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="170" t="s">
+      <c r="A26" s="125" t="s">
         <v>24</v>
       </c>
-      <c r="B26" s="171"/>
-      <c r="C26" s="172"/>
+      <c r="B26" s="126"/>
+      <c r="C26" s="127"/>
       <c r="D26" s="60"/>
       <c r="E26" s="23"/>
-      <c r="F26" s="137" t="s">
+      <c r="F26" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="G26" s="139"/>
-      <c r="I26" s="155" t="s">
+      <c r="G26" s="198"/>
+      <c r="I26" s="194" t="s">
         <v>26</v>
       </c>
-      <c r="J26" s="156"/>
-      <c r="K26" s="157"/>
+      <c r="J26" s="195"/>
+      <c r="K26" s="196"/>
       <c r="L26" s="60"/>
       <c r="M26" s="65"/>
       <c r="N26" s="47"/>
       <c r="O26" s="47"/>
       <c r="P26" s="47"/>
     </row>
     <row r="27" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="170" t="s">
+      <c r="A27" s="125" t="s">
         <v>27</v>
       </c>
-      <c r="B27" s="171"/>
-      <c r="C27" s="172"/>
+      <c r="B27" s="126"/>
+      <c r="C27" s="127"/>
       <c r="D27" s="60"/>
       <c r="E27" s="24"/>
-      <c r="F27" s="158"/>
-[...1 lines deleted...]
-      <c r="I27" s="155" t="s">
+      <c r="F27" s="199"/>
+      <c r="G27" s="200"/>
+      <c r="I27" s="194" t="s">
         <v>28</v>
       </c>
-      <c r="J27" s="156"/>
-      <c r="K27" s="157"/>
+      <c r="J27" s="195"/>
+      <c r="K27" s="196"/>
       <c r="L27" s="60"/>
       <c r="M27" s="65"/>
       <c r="N27" s="47"/>
       <c r="O27" s="47"/>
       <c r="P27" s="47"/>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A28" s="21"/>
       <c r="B28" s="22"/>
       <c r="C28" s="22"/>
       <c r="D28" s="26"/>
       <c r="E28" s="25"/>
       <c r="F28" s="26"/>
       <c r="G28" s="68"/>
       <c r="H28" s="27"/>
       <c r="I28" s="25"/>
       <c r="J28" s="28"/>
       <c r="K28" s="28"/>
       <c r="L28" s="25"/>
       <c r="M28" s="65"/>
       <c r="N28" s="47"/>
       <c r="O28" s="47"/>
       <c r="P28" s="47"/>
     </row>
     <row r="29" spans="1:16" ht="15" x14ac:dyDescent="0.2">
-      <c r="A29" s="132" t="s">
+      <c r="A29" s="162" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="133"/>
-[...9 lines deleted...]
-      <c r="L29" s="133"/>
+      <c r="B29" s="163"/>
+      <c r="C29" s="163"/>
+      <c r="D29" s="163"/>
+      <c r="E29" s="163"/>
+      <c r="F29" s="163"/>
+      <c r="G29" s="163"/>
+      <c r="H29" s="163"/>
+      <c r="I29" s="163"/>
+      <c r="J29" s="163"/>
+      <c r="K29" s="163"/>
+      <c r="L29" s="163"/>
       <c r="M29" s="65"/>
       <c r="N29" s="47"/>
       <c r="O29" s="47"/>
       <c r="P29" s="47"/>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A30" s="29"/>
       <c r="B30" s="30"/>
       <c r="C30" s="30"/>
       <c r="D30" s="31"/>
       <c r="E30" s="30"/>
       <c r="F30" s="30"/>
       <c r="G30" s="30"/>
       <c r="H30" s="30"/>
       <c r="I30" s="31"/>
       <c r="J30" s="32"/>
       <c r="K30" s="32"/>
       <c r="L30" s="33"/>
       <c r="M30" s="65"/>
       <c r="N30" s="47"/>
       <c r="O30" s="47"/>
       <c r="P30" s="47"/>
     </row>
     <row r="31" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="160" t="s">
+      <c r="A31" s="128" t="s">
         <v>30</v>
       </c>
-      <c r="B31" s="162"/>
-[...1 lines deleted...]
-      <c r="D31" s="229"/>
+      <c r="B31" s="129"/>
+      <c r="C31" s="183"/>
+      <c r="D31" s="184"/>
       <c r="E31" s="34"/>
-      <c r="F31" s="160" t="s">
+      <c r="F31" s="128" t="s">
         <v>31</v>
       </c>
-      <c r="G31" s="161"/>
-[...1 lines deleted...]
-      <c r="I31" s="162"/>
+      <c r="G31" s="201"/>
+      <c r="H31" s="201"/>
+      <c r="I31" s="129"/>
       <c r="J31" s="64"/>
       <c r="K31" s="35"/>
       <c r="L31" s="33"/>
       <c r="M31" s="65"/>
       <c r="N31" s="47"/>
       <c r="O31" s="47"/>
       <c r="P31" s="47"/>
     </row>
     <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="166" t="s">
+      <c r="A32" s="155" t="s">
         <v>32</v>
       </c>
-      <c r="B32" s="167"/>
-[...9 lines deleted...]
-      <c r="L32" s="167"/>
+      <c r="B32" s="156"/>
+      <c r="C32" s="156"/>
+      <c r="D32" s="156"/>
+      <c r="E32" s="156"/>
+      <c r="F32" s="156"/>
+      <c r="G32" s="156"/>
+      <c r="H32" s="156"/>
+      <c r="I32" s="156"/>
+      <c r="J32" s="156"/>
+      <c r="K32" s="156"/>
+      <c r="L32" s="156"/>
       <c r="M32" s="65"/>
       <c r="N32" s="47"/>
       <c r="O32" s="47"/>
       <c r="P32" s="47"/>
     </row>
     <row r="33" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A33" s="29"/>
       <c r="B33" s="30"/>
       <c r="C33" s="30"/>
       <c r="D33" s="31"/>
       <c r="E33" s="30"/>
       <c r="F33" s="30"/>
       <c r="G33" s="30"/>
       <c r="H33" s="30"/>
       <c r="I33" s="31"/>
       <c r="J33" s="32"/>
       <c r="K33" s="32"/>
       <c r="L33" s="33"/>
       <c r="M33" s="65"/>
       <c r="N33" s="47"/>
       <c r="O33" s="47"/>
       <c r="P33" s="47"/>
     </row>
     <row r="34" spans="1:16" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="29"/>
       <c r="B34" s="30"/>
       <c r="C34" s="30"/>
       <c r="D34" s="31"/>
       <c r="E34" s="30"/>
       <c r="F34" s="30"/>
       <c r="G34" s="30"/>
-      <c r="H34" s="232" t="s">
-[...2 lines deleted...]
-      <c r="I34" s="233"/>
+      <c r="H34" s="202" t="s">
+        <v>104</v>
+      </c>
+      <c r="I34" s="203"/>
       <c r="J34" s="36" t="s">
         <v>33</v>
       </c>
-      <c r="K34" s="230" t="s">
+      <c r="K34" s="185" t="s">
         <v>34</v>
       </c>
-      <c r="L34" s="231"/>
+      <c r="L34" s="186"/>
       <c r="M34" s="65"/>
       <c r="N34" s="47"/>
       <c r="O34" s="47"/>
       <c r="P34" s="66"/>
     </row>
     <row r="35" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A35" s="227" t="s">
+      <c r="A35" s="138" t="s">
         <v>35</v>
       </c>
-      <c r="B35" s="225"/>
-[...6 lines deleted...]
-      <c r="I35" s="140"/>
+      <c r="B35" s="136"/>
+      <c r="C35" s="136"/>
+      <c r="D35" s="136"/>
+      <c r="E35" s="136"/>
+      <c r="F35" s="136"/>
+      <c r="G35" s="137"/>
+      <c r="H35" s="139"/>
+      <c r="I35" s="139"/>
       <c r="J35" s="59"/>
-      <c r="K35" s="115">
+      <c r="K35" s="187">
         <f>H35+J35</f>
         <v>0</v>
       </c>
-      <c r="L35" s="116"/>
+      <c r="L35" s="188"/>
       <c r="M35" s="65"/>
       <c r="N35" s="47"/>
       <c r="O35" s="47"/>
       <c r="P35" s="47"/>
     </row>
     <row r="36" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A36" s="224" t="s">
-[...9 lines deleted...]
-      <c r="I36" s="140"/>
+      <c r="A36" s="135" t="s">
+        <v>86</v>
+      </c>
+      <c r="B36" s="136"/>
+      <c r="C36" s="136"/>
+      <c r="D36" s="136"/>
+      <c r="E36" s="136"/>
+      <c r="F36" s="136"/>
+      <c r="G36" s="137"/>
+      <c r="H36" s="139"/>
+      <c r="I36" s="139"/>
       <c r="J36" s="59"/>
-      <c r="K36" s="115">
+      <c r="K36" s="187">
         <f>H36+J36</f>
         <v>0</v>
       </c>
-      <c r="L36" s="116"/>
+      <c r="L36" s="188"/>
       <c r="M36" s="65"/>
       <c r="N36" s="47"/>
       <c r="O36" s="47"/>
       <c r="P36" s="47"/>
     </row>
     <row r="37" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A37" s="227" t="s">
+      <c r="A37" s="138" t="s">
         <v>36</v>
       </c>
-      <c r="B37" s="225"/>
-[...6 lines deleted...]
-      <c r="I37" s="140"/>
+      <c r="B37" s="136"/>
+      <c r="C37" s="136"/>
+      <c r="D37" s="136"/>
+      <c r="E37" s="136"/>
+      <c r="F37" s="136"/>
+      <c r="G37" s="137"/>
+      <c r="H37" s="139"/>
+      <c r="I37" s="139"/>
       <c r="J37" s="59"/>
-      <c r="K37" s="115">
+      <c r="K37" s="187">
         <f>H37+J37</f>
         <v>0</v>
       </c>
-      <c r="L37" s="116"/>
+      <c r="L37" s="188"/>
       <c r="M37" s="65"/>
       <c r="N37" s="47"/>
       <c r="O37" s="47"/>
       <c r="P37" s="47"/>
     </row>
     <row r="38" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A38" s="227" t="s">
-[...9 lines deleted...]
-      <c r="I38" s="140"/>
+      <c r="A38" s="138" t="s">
+        <v>84</v>
+      </c>
+      <c r="B38" s="136"/>
+      <c r="C38" s="136"/>
+      <c r="D38" s="136"/>
+      <c r="E38" s="136"/>
+      <c r="F38" s="136"/>
+      <c r="G38" s="137"/>
+      <c r="H38" s="139"/>
+      <c r="I38" s="139"/>
       <c r="J38" s="59"/>
-      <c r="K38" s="115">
+      <c r="K38" s="187">
         <f>H38+J38</f>
         <v>0</v>
       </c>
-      <c r="L38" s="116"/>
+      <c r="L38" s="188"/>
       <c r="M38" s="65"/>
       <c r="N38" s="47"/>
       <c r="O38" s="47"/>
       <c r="P38" s="47"/>
     </row>
     <row r="39" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A39" s="128" t="s">
+      <c r="A39" s="211" t="s">
         <v>37</v>
       </c>
-      <c r="B39" s="112"/>
-[...5 lines deleted...]
-      <c r="H39" s="115">
+      <c r="B39" s="212"/>
+      <c r="C39" s="212"/>
+      <c r="D39" s="212"/>
+      <c r="E39" s="212"/>
+      <c r="F39" s="212"/>
+      <c r="G39" s="213"/>
+      <c r="H39" s="187">
         <f>SUM(H35:I38)</f>
         <v>0</v>
       </c>
-      <c r="I39" s="116"/>
+      <c r="I39" s="188"/>
       <c r="J39" s="37">
         <f>SUM(J35:J38)</f>
         <v>0</v>
       </c>
-      <c r="K39" s="115">
+      <c r="K39" s="187">
         <f>H39+J39</f>
         <v>0</v>
       </c>
-      <c r="L39" s="116"/>
+      <c r="L39" s="188"/>
       <c r="M39" s="65"/>
       <c r="N39" s="47"/>
       <c r="O39" s="47"/>
       <c r="P39" s="47"/>
     </row>
     <row r="40" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A40" s="109"/>
-[...10 lines deleted...]
-      <c r="L40" s="110"/>
+      <c r="A40" s="209"/>
+      <c r="B40" s="210"/>
+      <c r="C40" s="210"/>
+      <c r="D40" s="210"/>
+      <c r="E40" s="210"/>
+      <c r="F40" s="210"/>
+      <c r="G40" s="210"/>
+      <c r="H40" s="210"/>
+      <c r="I40" s="210"/>
+      <c r="J40" s="210"/>
+      <c r="K40" s="210"/>
+      <c r="L40" s="210"/>
       <c r="M40" s="65"/>
       <c r="N40" s="47"/>
       <c r="O40" s="47"/>
       <c r="P40" s="47"/>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A41" s="128" t="s">
+      <c r="A41" s="211" t="s">
         <v>38</v>
       </c>
-      <c r="B41" s="112"/>
-[...6 lines deleted...]
-      <c r="I41" s="140"/>
+      <c r="B41" s="212"/>
+      <c r="C41" s="212"/>
+      <c r="D41" s="212"/>
+      <c r="E41" s="212"/>
+      <c r="F41" s="212"/>
+      <c r="G41" s="213"/>
+      <c r="H41" s="139"/>
+      <c r="I41" s="139"/>
       <c r="J41" s="59"/>
-      <c r="K41" s="115">
+      <c r="K41" s="187">
         <f>H41+J41</f>
         <v>0</v>
       </c>
-      <c r="L41" s="116"/>
+      <c r="L41" s="188"/>
       <c r="M41" s="65"/>
       <c r="N41" s="47"/>
       <c r="O41" s="47"/>
       <c r="P41" s="47"/>
     </row>
     <row r="42" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A42" s="109"/>
-[...10 lines deleted...]
-      <c r="L42" s="110"/>
+      <c r="A42" s="209"/>
+      <c r="B42" s="210"/>
+      <c r="C42" s="210"/>
+      <c r="D42" s="210"/>
+      <c r="E42" s="210"/>
+      <c r="F42" s="210"/>
+      <c r="G42" s="210"/>
+      <c r="H42" s="210"/>
+      <c r="I42" s="210"/>
+      <c r="J42" s="210"/>
+      <c r="K42" s="210"/>
+      <c r="L42" s="210"/>
       <c r="M42" s="65"/>
       <c r="N42" s="47"/>
       <c r="O42" s="47"/>
       <c r="P42" s="47"/>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A43" s="128" t="s">
+      <c r="A43" s="211" t="s">
         <v>39</v>
       </c>
-      <c r="B43" s="112"/>
-[...6 lines deleted...]
-      <c r="I43" s="140"/>
+      <c r="B43" s="212"/>
+      <c r="C43" s="212"/>
+      <c r="D43" s="212"/>
+      <c r="E43" s="212"/>
+      <c r="F43" s="212"/>
+      <c r="G43" s="213"/>
+      <c r="H43" s="139"/>
+      <c r="I43" s="139"/>
       <c r="J43" s="59"/>
-      <c r="K43" s="115">
+      <c r="K43" s="187">
         <f>H43+J43</f>
         <v>0</v>
       </c>
-      <c r="L43" s="116"/>
+      <c r="L43" s="188"/>
       <c r="M43" s="65"/>
       <c r="N43" s="47"/>
       <c r="O43" s="47"/>
       <c r="P43" s="47"/>
     </row>
     <row r="44" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A44" s="109"/>
-[...10 lines deleted...]
-      <c r="L44" s="110"/>
+      <c r="A44" s="209"/>
+      <c r="B44" s="210"/>
+      <c r="C44" s="210"/>
+      <c r="D44" s="210"/>
+      <c r="E44" s="210"/>
+      <c r="F44" s="210"/>
+      <c r="G44" s="210"/>
+      <c r="H44" s="210"/>
+      <c r="I44" s="210"/>
+      <c r="J44" s="210"/>
+      <c r="K44" s="210"/>
+      <c r="L44" s="210"/>
       <c r="M44" s="65"/>
       <c r="N44" s="47"/>
       <c r="O44" s="47"/>
       <c r="P44" s="47"/>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A45" s="128" t="s">
+      <c r="A45" s="211" t="s">
         <v>40</v>
       </c>
-      <c r="B45" s="112"/>
-[...6 lines deleted...]
-      <c r="I45" s="140"/>
+      <c r="B45" s="212"/>
+      <c r="C45" s="212"/>
+      <c r="D45" s="212"/>
+      <c r="E45" s="212"/>
+      <c r="F45" s="212"/>
+      <c r="G45" s="213"/>
+      <c r="H45" s="139"/>
+      <c r="I45" s="139"/>
       <c r="J45" s="59"/>
-      <c r="K45" s="115">
+      <c r="K45" s="187">
         <f>H45+J45</f>
         <v>0</v>
       </c>
-      <c r="L45" s="116"/>
+      <c r="L45" s="188"/>
       <c r="M45" s="65"/>
       <c r="N45" s="47"/>
       <c r="O45" s="47"/>
       <c r="P45" s="47"/>
     </row>
     <row r="46" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="109"/>
-[...10 lines deleted...]
-      <c r="L46" s="110"/>
+      <c r="A46" s="209"/>
+      <c r="B46" s="210"/>
+      <c r="C46" s="210"/>
+      <c r="D46" s="210"/>
+      <c r="E46" s="210"/>
+      <c r="F46" s="210"/>
+      <c r="G46" s="210"/>
+      <c r="H46" s="210"/>
+      <c r="I46" s="210"/>
+      <c r="J46" s="210"/>
+      <c r="K46" s="210"/>
+      <c r="L46" s="210"/>
       <c r="M46" s="65"/>
       <c r="N46" s="47"/>
       <c r="O46" s="47"/>
       <c r="P46" s="47"/>
     </row>
     <row r="47" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="128" t="s">
+      <c r="A47" s="211" t="s">
         <v>41</v>
       </c>
-      <c r="B47" s="112"/>
-[...6 lines deleted...]
-      <c r="I47" s="140"/>
+      <c r="B47" s="212"/>
+      <c r="C47" s="212"/>
+      <c r="D47" s="212"/>
+      <c r="E47" s="212"/>
+      <c r="F47" s="212"/>
+      <c r="G47" s="213"/>
+      <c r="H47" s="139"/>
+      <c r="I47" s="139"/>
       <c r="J47" s="59"/>
-      <c r="K47" s="115">
+      <c r="K47" s="187">
         <f>H47+J47</f>
         <v>0</v>
       </c>
-      <c r="L47" s="116"/>
+      <c r="L47" s="188"/>
       <c r="M47" s="65"/>
       <c r="N47" s="47"/>
       <c r="O47" s="47"/>
       <c r="P47" s="47"/>
     </row>
     <row r="48" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="109"/>
-[...10 lines deleted...]
-      <c r="L48" s="110"/>
+      <c r="A48" s="209"/>
+      <c r="B48" s="210"/>
+      <c r="C48" s="210"/>
+      <c r="D48" s="210"/>
+      <c r="E48" s="210"/>
+      <c r="F48" s="210"/>
+      <c r="G48" s="210"/>
+      <c r="H48" s="210"/>
+      <c r="I48" s="210"/>
+      <c r="J48" s="210"/>
+      <c r="K48" s="210"/>
+      <c r="L48" s="210"/>
       <c r="M48" s="65"/>
       <c r="N48" s="47"/>
       <c r="O48" s="47"/>
       <c r="P48" s="47"/>
     </row>
     <row r="49" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="111" t="s">
-[...9 lines deleted...]
-      <c r="I49" s="140"/>
+      <c r="A49" s="217" t="s">
+        <v>135</v>
+      </c>
+      <c r="B49" s="212"/>
+      <c r="C49" s="212"/>
+      <c r="D49" s="212"/>
+      <c r="E49" s="212"/>
+      <c r="F49" s="212"/>
+      <c r="G49" s="213"/>
+      <c r="H49" s="139"/>
+      <c r="I49" s="139"/>
       <c r="J49" s="59"/>
-      <c r="K49" s="115">
+      <c r="K49" s="187">
         <f>H49+J49</f>
         <v>0</v>
       </c>
-      <c r="L49" s="116"/>
+      <c r="L49" s="188"/>
       <c r="M49" s="65"/>
       <c r="N49" s="47"/>
       <c r="O49" s="47"/>
       <c r="P49" s="47"/>
     </row>
     <row r="50" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="109"/>
-[...10 lines deleted...]
-      <c r="L50" s="110"/>
+      <c r="A50" s="209"/>
+      <c r="B50" s="210"/>
+      <c r="C50" s="210"/>
+      <c r="D50" s="210"/>
+      <c r="E50" s="210"/>
+      <c r="F50" s="210"/>
+      <c r="G50" s="210"/>
+      <c r="H50" s="210"/>
+      <c r="I50" s="210"/>
+      <c r="J50" s="210"/>
+      <c r="K50" s="210"/>
+      <c r="L50" s="210"/>
       <c r="M50" s="65"/>
       <c r="N50" s="47"/>
       <c r="O50" s="47"/>
       <c r="P50" s="47"/>
     </row>
     <row r="51" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="111" t="s">
-[...8 lines deleted...]
-      <c r="H51" s="114">
+      <c r="A51" s="217" t="s">
+        <v>108</v>
+      </c>
+      <c r="B51" s="212"/>
+      <c r="C51" s="212"/>
+      <c r="D51" s="212"/>
+      <c r="E51" s="212"/>
+      <c r="F51" s="212"/>
+      <c r="G51" s="213"/>
+      <c r="H51" s="218">
         <f>H39+H41+H43+H45+H47+H49</f>
         <v>0</v>
       </c>
-      <c r="I51" s="114"/>
+      <c r="I51" s="218"/>
       <c r="J51" s="37">
         <f>J39+J41+J43+J45+J47+J49</f>
         <v>0</v>
       </c>
-      <c r="K51" s="115">
+      <c r="K51" s="187">
         <f>H51+J51</f>
         <v>0</v>
       </c>
-      <c r="L51" s="116"/>
+      <c r="L51" s="188"/>
       <c r="M51" s="65"/>
       <c r="N51" s="47"/>
       <c r="O51" s="47"/>
       <c r="P51" s="47"/>
     </row>
     <row r="52" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="146"/>
-[...10 lines deleted...]
-      <c r="L52" s="148"/>
+      <c r="A52" s="214"/>
+      <c r="B52" s="215"/>
+      <c r="C52" s="215"/>
+      <c r="D52" s="215"/>
+      <c r="E52" s="215"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="215"/>
+      <c r="H52" s="215"/>
+      <c r="I52" s="215"/>
+      <c r="J52" s="215"/>
+      <c r="K52" s="215"/>
+      <c r="L52" s="216"/>
       <c r="M52" s="65"/>
       <c r="N52" s="47"/>
       <c r="O52" s="47"/>
       <c r="P52" s="47"/>
     </row>
     <row r="53" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="38"/>
       <c r="B53" s="77"/>
       <c r="C53" s="77"/>
       <c r="D53" s="77"/>
       <c r="E53" s="77"/>
       <c r="F53" s="77"/>
       <c r="G53" s="77"/>
       <c r="H53" s="77"/>
       <c r="I53" s="77"/>
       <c r="J53" s="77"/>
       <c r="K53" s="77"/>
       <c r="L53" s="39"/>
       <c r="M53" s="65"/>
       <c r="N53" s="47"/>
       <c r="O53" s="47"/>
       <c r="P53" s="47"/>
     </row>
     <row r="54" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="132" t="s">
+      <c r="A54" s="162" t="s">
         <v>42</v>
       </c>
-      <c r="B54" s="133"/>
-[...9 lines deleted...]
-      <c r="L54" s="133"/>
+      <c r="B54" s="163"/>
+      <c r="C54" s="163"/>
+      <c r="D54" s="163"/>
+      <c r="E54" s="163"/>
+      <c r="F54" s="163"/>
+      <c r="G54" s="163"/>
+      <c r="H54" s="163"/>
+      <c r="I54" s="163"/>
+      <c r="J54" s="163"/>
+      <c r="K54" s="163"/>
+      <c r="L54" s="163"/>
       <c r="M54" s="65"/>
       <c r="N54" s="47"/>
       <c r="O54" s="47"/>
       <c r="P54" s="47"/>
     </row>
     <row r="55" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="40"/>
       <c r="B55" s="41"/>
       <c r="C55" s="41"/>
       <c r="D55" s="41"/>
       <c r="E55" s="42"/>
       <c r="F55" s="41"/>
       <c r="G55" s="42"/>
       <c r="H55" s="41"/>
       <c r="I55" s="42"/>
       <c r="J55" s="41"/>
       <c r="K55" s="41"/>
       <c r="L55" s="41"/>
       <c r="M55" s="65"/>
       <c r="N55" s="47"/>
       <c r="O55" s="47"/>
       <c r="P55" s="47"/>
     </row>
     <row r="56" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="129" t="s">
-[...10 lines deleted...]
-      <c r="J56" s="141">
+      <c r="A56" s="226" t="s">
+        <v>109</v>
+      </c>
+      <c r="B56" s="227"/>
+      <c r="C56" s="227"/>
+      <c r="D56" s="227"/>
+      <c r="E56" s="227"/>
+      <c r="F56" s="227"/>
+      <c r="G56" s="227"/>
+      <c r="H56" s="227"/>
+      <c r="I56" s="228"/>
+      <c r="J56" s="204">
         <f>K39+K45</f>
         <v>0</v>
       </c>
-      <c r="K56" s="142"/>
-      <c r="L56" s="143"/>
+      <c r="K56" s="205"/>
+      <c r="L56" s="206"/>
       <c r="M56" s="47"/>
       <c r="N56" s="47"/>
       <c r="O56" s="47"/>
       <c r="P56" s="47"/>
     </row>
     <row r="57" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="29"/>
       <c r="B57" s="30"/>
       <c r="C57" s="30"/>
       <c r="D57" s="43"/>
       <c r="E57" s="43"/>
       <c r="F57" s="43"/>
       <c r="G57" s="30"/>
       <c r="H57" s="30"/>
       <c r="I57" s="31"/>
       <c r="J57" s="44"/>
       <c r="K57" s="44"/>
       <c r="L57" s="33"/>
       <c r="M57" s="65"/>
       <c r="N57" s="47"/>
       <c r="O57" s="47"/>
       <c r="P57" s="47"/>
     </row>
     <row r="58" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="129" t="s">
-[...12 lines deleted...]
-      <c r="L58" s="145"/>
+      <c r="A58" s="226" t="s">
+        <v>110</v>
+      </c>
+      <c r="B58" s="227"/>
+      <c r="C58" s="227"/>
+      <c r="D58" s="227"/>
+      <c r="E58" s="227"/>
+      <c r="F58" s="227"/>
+      <c r="G58" s="227"/>
+      <c r="H58" s="227"/>
+      <c r="I58" s="228"/>
+      <c r="J58" s="207"/>
+      <c r="K58" s="208"/>
+      <c r="L58" s="208"/>
       <c r="M58" s="65"/>
       <c r="N58" s="2">
         <v>6.51</v>
       </c>
       <c r="O58" s="2">
         <v>33.9</v>
       </c>
       <c r="P58" s="47"/>
     </row>
     <row r="59" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A59" s="29"/>
       <c r="B59" s="30"/>
       <c r="C59" s="30"/>
       <c r="D59" s="31"/>
       <c r="E59" s="30"/>
       <c r="F59" s="45"/>
       <c r="G59" s="30"/>
       <c r="H59" s="30"/>
       <c r="I59" s="31"/>
       <c r="J59" s="44"/>
       <c r="K59" s="44"/>
       <c r="L59" s="33"/>
       <c r="M59" s="65"/>
       <c r="N59" s="47"/>
       <c r="O59" s="47"/>
       <c r="P59" s="47"/>
     </row>
     <row r="60" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="129" t="s">
-[...10 lines deleted...]
-      <c r="J60" s="134">
+      <c r="A60" s="226" t="s">
+        <v>111</v>
+      </c>
+      <c r="B60" s="227"/>
+      <c r="C60" s="227"/>
+      <c r="D60" s="227"/>
+      <c r="E60" s="227"/>
+      <c r="F60" s="227"/>
+      <c r="G60" s="227"/>
+      <c r="H60" s="227"/>
+      <c r="I60" s="227"/>
+      <c r="J60" s="229">
         <f>J56*J58</f>
         <v>0</v>
       </c>
-      <c r="K60" s="135"/>
-      <c r="L60" s="136"/>
+      <c r="K60" s="230"/>
+      <c r="L60" s="231"/>
       <c r="M60" s="65"/>
       <c r="N60" s="47"/>
       <c r="O60" s="47"/>
       <c r="P60" s="47"/>
     </row>
     <row r="61" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A61" s="46"/>
       <c r="B61" s="30"/>
       <c r="C61" s="66"/>
       <c r="D61" s="33"/>
       <c r="E61" s="47"/>
       <c r="F61" s="48"/>
       <c r="G61" s="47"/>
       <c r="H61" s="47"/>
       <c r="I61" s="33"/>
       <c r="J61" s="44"/>
       <c r="K61" s="44"/>
       <c r="L61" s="33"/>
       <c r="M61" s="65"/>
       <c r="N61" s="47"/>
       <c r="O61" s="47"/>
       <c r="P61" s="47"/>
     </row>
     <row r="62" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A62" s="29"/>
-      <c r="B62" s="137" t="s">
+      <c r="B62" s="197" t="s">
         <v>43</v>
       </c>
-      <c r="C62" s="138"/>
-[...6 lines deleted...]
-      <c r="J62" s="139"/>
+      <c r="C62" s="232"/>
+      <c r="D62" s="232"/>
+      <c r="E62" s="232"/>
+      <c r="F62" s="232"/>
+      <c r="G62" s="232"/>
+      <c r="H62" s="232"/>
+      <c r="I62" s="232"/>
+      <c r="J62" s="198"/>
       <c r="K62" s="49"/>
       <c r="L62" s="33"/>
       <c r="M62" s="65"/>
       <c r="N62" s="47"/>
       <c r="O62" s="47"/>
       <c r="P62" s="47"/>
     </row>
     <row r="63" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="29"/>
-      <c r="B63" s="117" t="s">
+      <c r="B63" s="219" t="s">
         <v>44</v>
       </c>
-      <c r="C63" s="118"/>
-[...6 lines deleted...]
-      <c r="J63" s="119"/>
+      <c r="C63" s="220"/>
+      <c r="D63" s="220"/>
+      <c r="E63" s="220"/>
+      <c r="F63" s="220"/>
+      <c r="G63" s="220"/>
+      <c r="H63" s="220"/>
+      <c r="I63" s="220"/>
+      <c r="J63" s="221"/>
       <c r="K63" s="66"/>
       <c r="L63" s="33"/>
       <c r="M63" s="65"/>
       <c r="N63" s="47"/>
       <c r="O63" s="47"/>
       <c r="P63" s="47"/>
     </row>
     <row r="64" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="29"/>
-      <c r="B64" s="120" t="s">
+      <c r="B64" s="178" t="s">
         <v>45</v>
       </c>
-      <c r="C64" s="121"/>
-[...6 lines deleted...]
-      <c r="J64" s="122"/>
+      <c r="C64" s="179"/>
+      <c r="D64" s="179"/>
+      <c r="E64" s="179"/>
+      <c r="F64" s="179"/>
+      <c r="G64" s="179"/>
+      <c r="H64" s="179"/>
+      <c r="I64" s="179"/>
+      <c r="J64" s="180"/>
       <c r="K64" s="66"/>
       <c r="L64" s="33"/>
       <c r="M64" s="65"/>
       <c r="N64" s="47"/>
       <c r="O64" s="47"/>
       <c r="P64" s="47"/>
     </row>
     <row r="65" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="29"/>
-      <c r="B65" s="120" t="s">
+      <c r="B65" s="178" t="s">
         <v>46</v>
       </c>
-      <c r="C65" s="121"/>
-[...6 lines deleted...]
-      <c r="J65" s="122"/>
+      <c r="C65" s="179"/>
+      <c r="D65" s="179"/>
+      <c r="E65" s="179"/>
+      <c r="F65" s="179"/>
+      <c r="G65" s="179"/>
+      <c r="H65" s="179"/>
+      <c r="I65" s="179"/>
+      <c r="J65" s="180"/>
       <c r="K65" s="66"/>
       <c r="L65" s="33"/>
       <c r="M65" s="65"/>
       <c r="N65" s="47"/>
       <c r="O65" s="47"/>
       <c r="P65" s="47"/>
     </row>
     <row r="66" spans="1:16" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A66" s="29"/>
-      <c r="B66" s="192" t="s">
-[...9 lines deleted...]
-      <c r="J66" s="194"/>
+      <c r="B66" s="233" t="s">
+        <v>137</v>
+      </c>
+      <c r="C66" s="181"/>
+      <c r="D66" s="181"/>
+      <c r="E66" s="181"/>
+      <c r="F66" s="181"/>
+      <c r="G66" s="181"/>
+      <c r="H66" s="181"/>
+      <c r="I66" s="181"/>
+      <c r="J66" s="182"/>
       <c r="K66" s="66"/>
       <c r="L66" s="33"/>
       <c r="M66" s="65"/>
       <c r="N66" s="47"/>
       <c r="O66" s="47"/>
       <c r="P66" s="47"/>
     </row>
     <row r="67" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A67" s="50"/>
       <c r="B67" s="51"/>
       <c r="C67" s="52"/>
       <c r="D67" s="53"/>
       <c r="E67" s="53"/>
       <c r="F67" s="54"/>
       <c r="G67" s="24"/>
       <c r="H67" s="24"/>
       <c r="I67" s="54"/>
       <c r="J67" s="53"/>
       <c r="K67" s="53"/>
       <c r="L67" s="54"/>
       <c r="M67" s="65"/>
       <c r="N67" s="47"/>
       <c r="O67" s="47"/>
       <c r="P67" s="47"/>
     </row>
     <row r="68" spans="1:16" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="55"/>
       <c r="B68" s="55"/>
       <c r="C68" s="56"/>
       <c r="D68" s="57"/>
       <c r="E68" s="57"/>
       <c r="F68" s="58"/>
       <c r="G68" s="47"/>
       <c r="H68" s="47"/>
       <c r="I68" s="58"/>
       <c r="J68" s="44"/>
       <c r="K68" s="44"/>
       <c r="L68" s="58"/>
       <c r="M68" s="65"/>
       <c r="N68" s="47"/>
       <c r="O68" s="47"/>
       <c r="P68" s="47"/>
     </row>
     <row r="69" spans="1:16" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="132" t="s">
-[...12 lines deleted...]
-      <c r="L69" s="133"/>
+      <c r="A69" s="162" t="s">
+        <v>47</v>
+      </c>
+      <c r="B69" s="163"/>
+      <c r="C69" s="163"/>
+      <c r="D69" s="163"/>
+      <c r="E69" s="163"/>
+      <c r="F69" s="163"/>
+      <c r="G69" s="163"/>
+      <c r="H69" s="163"/>
+      <c r="I69" s="163"/>
+      <c r="J69" s="163"/>
+      <c r="K69" s="163"/>
+      <c r="L69" s="163"/>
       <c r="M69" s="65"/>
       <c r="N69" s="47"/>
       <c r="O69" s="47"/>
       <c r="P69" s="47"/>
     </row>
     <row r="70" spans="1:16" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="186" t="s">
-[...12 lines deleted...]
-      <c r="L70" s="187"/>
+      <c r="A70" s="172" t="s">
+        <v>85</v>
+      </c>
+      <c r="B70" s="173"/>
+      <c r="C70" s="173"/>
+      <c r="D70" s="173"/>
+      <c r="E70" s="173"/>
+      <c r="F70" s="173"/>
+      <c r="G70" s="173"/>
+      <c r="H70" s="173"/>
+      <c r="I70" s="173"/>
+      <c r="J70" s="173"/>
+      <c r="K70" s="173"/>
+      <c r="L70" s="173"/>
       <c r="M70" s="65"/>
       <c r="N70" s="47"/>
       <c r="O70" s="47"/>
       <c r="P70" s="47"/>
     </row>
     <row r="71" spans="1:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="188"/>
-[...10 lines deleted...]
-      <c r="L71" s="189"/>
+      <c r="A71" s="174"/>
+      <c r="B71" s="175"/>
+      <c r="C71" s="175"/>
+      <c r="D71" s="175"/>
+      <c r="E71" s="175"/>
+      <c r="F71" s="175"/>
+      <c r="G71" s="175"/>
+      <c r="H71" s="175"/>
+      <c r="I71" s="175"/>
+      <c r="J71" s="175"/>
+      <c r="K71" s="175"/>
+      <c r="L71" s="175"/>
       <c r="M71" s="65"/>
       <c r="N71" s="47"/>
       <c r="O71" s="47"/>
       <c r="P71" s="47"/>
     </row>
     <row r="72" spans="1:16" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="188"/>
-[...10 lines deleted...]
-      <c r="L72" s="189"/>
+      <c r="A72" s="174"/>
+      <c r="B72" s="175"/>
+      <c r="C72" s="175"/>
+      <c r="D72" s="175"/>
+      <c r="E72" s="175"/>
+      <c r="F72" s="175"/>
+      <c r="G72" s="175"/>
+      <c r="H72" s="175"/>
+      <c r="I72" s="175"/>
+      <c r="J72" s="175"/>
+      <c r="K72" s="175"/>
+      <c r="L72" s="175"/>
       <c r="M72" s="65"/>
       <c r="N72" s="47"/>
       <c r="O72" s="47"/>
       <c r="P72" s="47"/>
     </row>
     <row r="73" spans="1:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="188"/>
-[...10 lines deleted...]
-      <c r="L73" s="189"/>
+      <c r="A73" s="174"/>
+      <c r="B73" s="175"/>
+      <c r="C73" s="175"/>
+      <c r="D73" s="175"/>
+      <c r="E73" s="175"/>
+      <c r="F73" s="175"/>
+      <c r="G73" s="175"/>
+      <c r="H73" s="175"/>
+      <c r="I73" s="175"/>
+      <c r="J73" s="175"/>
+      <c r="K73" s="175"/>
+      <c r="L73" s="175"/>
       <c r="M73" s="65"/>
       <c r="N73" s="47"/>
       <c r="O73" s="47"/>
       <c r="P73" s="47"/>
     </row>
     <row r="74" spans="1:16" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="188"/>
-[...10 lines deleted...]
-      <c r="L74" s="189"/>
+      <c r="A74" s="174"/>
+      <c r="B74" s="175"/>
+      <c r="C74" s="175"/>
+      <c r="D74" s="175"/>
+      <c r="E74" s="175"/>
+      <c r="F74" s="175"/>
+      <c r="G74" s="175"/>
+      <c r="H74" s="175"/>
+      <c r="I74" s="175"/>
+      <c r="J74" s="175"/>
+      <c r="K74" s="175"/>
+      <c r="L74" s="175"/>
       <c r="M74" s="65"/>
       <c r="N74" s="47"/>
       <c r="O74" s="47"/>
       <c r="P74" s="47"/>
     </row>
     <row r="75" spans="1:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="188"/>
-[...10 lines deleted...]
-      <c r="L75" s="189"/>
+      <c r="A75" s="174"/>
+      <c r="B75" s="175"/>
+      <c r="C75" s="175"/>
+      <c r="D75" s="175"/>
+      <c r="E75" s="175"/>
+      <c r="F75" s="175"/>
+      <c r="G75" s="175"/>
+      <c r="H75" s="175"/>
+      <c r="I75" s="175"/>
+      <c r="J75" s="175"/>
+      <c r="K75" s="175"/>
+      <c r="L75" s="175"/>
       <c r="M75" s="65"/>
       <c r="N75" s="47"/>
       <c r="O75" s="47"/>
       <c r="P75" s="47"/>
     </row>
     <row r="76" spans="1:16" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="190"/>
-[...10 lines deleted...]
-      <c r="L76" s="191"/>
+      <c r="A76" s="176"/>
+      <c r="B76" s="177"/>
+      <c r="C76" s="177"/>
+      <c r="D76" s="177"/>
+      <c r="E76" s="177"/>
+      <c r="F76" s="177"/>
+      <c r="G76" s="177"/>
+      <c r="H76" s="177"/>
+      <c r="I76" s="177"/>
+      <c r="J76" s="177"/>
+      <c r="K76" s="177"/>
+      <c r="L76" s="177"/>
       <c r="M76" s="65"/>
       <c r="N76" s="47"/>
       <c r="O76" s="47"/>
       <c r="P76" s="47"/>
     </row>
     <row r="77" spans="1:16" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="123" t="s">
+      <c r="A77" s="111" t="s">
+        <v>48</v>
+      </c>
+      <c r="B77" s="111"/>
+      <c r="C77" s="111"/>
+      <c r="D77" s="111"/>
+      <c r="E77" s="111" t="s">
         <v>49</v>
       </c>
-      <c r="B77" s="123"/>
-[...2 lines deleted...]
-      <c r="E77" s="123" t="s">
+      <c r="F77" s="111"/>
+      <c r="G77" s="111"/>
+      <c r="H77" s="111" t="s">
         <v>50</v>
       </c>
-      <c r="F77" s="123"/>
-[...7 lines deleted...]
-      <c r="L77" s="124"/>
+      <c r="I77" s="111"/>
+      <c r="J77" s="111"/>
+      <c r="K77" s="111"/>
+      <c r="L77" s="222"/>
       <c r="M77" s="65"/>
       <c r="N77" s="47"/>
       <c r="O77" s="47"/>
       <c r="P77" s="47"/>
     </row>
     <row r="78" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="180" t="s">
+      <c r="A78" s="167" t="s">
         <v>19</v>
       </c>
-      <c r="B78" s="181"/>
-[...5 lines deleted...]
-      <c r="H78" s="183" t="s">
+      <c r="B78" s="124"/>
+      <c r="C78" s="124"/>
+      <c r="D78" s="168"/>
+      <c r="E78" s="124"/>
+      <c r="F78" s="124"/>
+      <c r="G78" s="124"/>
+      <c r="H78" s="169" t="s">
         <v>19</v>
       </c>
-      <c r="I78" s="184"/>
-[...2 lines deleted...]
-      <c r="L78" s="184"/>
+      <c r="I78" s="170"/>
+      <c r="J78" s="170"/>
+      <c r="K78" s="170"/>
+      <c r="L78" s="170"/>
       <c r="M78" s="65"/>
       <c r="N78" s="47"/>
       <c r="O78" s="47"/>
       <c r="P78" s="47"/>
     </row>
     <row r="79" spans="1:16" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="123" t="s">
+      <c r="A79" s="111" t="s">
+        <v>51</v>
+      </c>
+      <c r="B79" s="111"/>
+      <c r="C79" s="111"/>
+      <c r="D79" s="111"/>
+      <c r="E79" s="111" t="s">
         <v>52</v>
       </c>
-      <c r="B79" s="123"/>
-[...2 lines deleted...]
-      <c r="E79" s="123" t="s">
+      <c r="F79" s="111"/>
+      <c r="G79" s="111"/>
+      <c r="H79" s="111" t="s">
         <v>53</v>
       </c>
-      <c r="F79" s="123"/>
-[...7 lines deleted...]
-      <c r="L79" s="124"/>
+      <c r="I79" s="111"/>
+      <c r="J79" s="111"/>
+      <c r="K79" s="111"/>
+      <c r="L79" s="222"/>
       <c r="M79" s="65"/>
       <c r="N79" s="47"/>
       <c r="O79" s="47"/>
       <c r="P79" s="47"/>
     </row>
     <row r="80" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="125" t="s">
+      <c r="A80" s="223" t="s">
         <v>19</v>
       </c>
-      <c r="B80" s="126"/>
-[...2 lines deleted...]
-      <c r="E80" s="185" t="s">
+      <c r="B80" s="224"/>
+      <c r="C80" s="224"/>
+      <c r="D80" s="225"/>
+      <c r="E80" s="171" t="s">
         <v>19</v>
       </c>
-      <c r="F80" s="185"/>
-      <c r="G80" s="185"/>
+      <c r="F80" s="171"/>
+      <c r="G80" s="171"/>
       <c r="H80" s="106" t="s">
         <v>19</v>
       </c>
       <c r="I80" s="107"/>
       <c r="J80" s="107"/>
       <c r="K80" s="107"/>
       <c r="L80" s="108"/>
       <c r="M80" s="65"/>
       <c r="N80" s="47"/>
       <c r="O80" s="47"/>
       <c r="P80" s="47"/>
     </row>
     <row r="81" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A81" s="123" t="s">
+      <c r="A81" s="111" t="s">
+        <v>54</v>
+      </c>
+      <c r="B81" s="111"/>
+      <c r="C81" s="111"/>
+      <c r="D81" s="111"/>
+      <c r="E81" s="111" t="s">
+        <v>49</v>
+      </c>
+      <c r="F81" s="111"/>
+      <c r="G81" s="111"/>
+      <c r="H81" s="111" t="s">
         <v>55</v>
       </c>
-      <c r="B81" s="123"/>
-[...13 lines deleted...]
-      <c r="L81" s="123"/>
+      <c r="I81" s="111"/>
+      <c r="J81" s="111"/>
+      <c r="K81" s="111"/>
+      <c r="L81" s="111"/>
       <c r="M81" s="47"/>
       <c r="N81" s="47"/>
       <c r="O81" s="47"/>
       <c r="P81" s="47"/>
     </row>
     <row r="82" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="216"/>
-[...6 lines deleted...]
-      <c r="H82" s="213" t="s">
+      <c r="A82" s="121"/>
+      <c r="B82" s="122"/>
+      <c r="C82" s="122"/>
+      <c r="D82" s="123"/>
+      <c r="E82" s="110"/>
+      <c r="F82" s="110"/>
+      <c r="G82" s="110"/>
+      <c r="H82" s="118" t="s">
         <v>19</v>
       </c>
-      <c r="I82" s="214"/>
-[...2 lines deleted...]
-      <c r="L82" s="215"/>
+      <c r="I82" s="119"/>
+      <c r="J82" s="119"/>
+      <c r="K82" s="119"/>
+      <c r="L82" s="120"/>
       <c r="M82" s="47"/>
       <c r="N82" s="47"/>
       <c r="O82" s="47"/>
       <c r="P82" s="47"/>
     </row>
     <row r="83" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A83" s="123" t="s">
+      <c r="A83" s="111" t="s">
+        <v>56</v>
+      </c>
+      <c r="B83" s="111"/>
+      <c r="C83" s="111"/>
+      <c r="D83" s="111"/>
+      <c r="E83" s="111" t="s">
+        <v>52</v>
+      </c>
+      <c r="F83" s="111"/>
+      <c r="G83" s="111"/>
+      <c r="H83" s="111" t="s">
         <v>57</v>
       </c>
-      <c r="B83" s="123"/>
-[...13 lines deleted...]
-      <c r="L83" s="123"/>
+      <c r="I83" s="111"/>
+      <c r="J83" s="111"/>
+      <c r="K83" s="111"/>
+      <c r="L83" s="111"/>
       <c r="M83" s="47"/>
       <c r="N83" s="47"/>
       <c r="O83" s="47"/>
       <c r="P83" s="47"/>
     </row>
     <row r="84" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="106" t="s">
         <v>19</v>
       </c>
       <c r="B84" s="107"/>
       <c r="C84" s="107"/>
       <c r="D84" s="108"/>
-      <c r="E84" s="211" t="s">
+      <c r="E84" s="109" t="s">
         <v>19</v>
       </c>
-      <c r="F84" s="211"/>
-      <c r="G84" s="211"/>
+      <c r="F84" s="109"/>
+      <c r="G84" s="109"/>
       <c r="H84" s="106" t="s">
         <v>19</v>
       </c>
       <c r="I84" s="107"/>
       <c r="J84" s="107"/>
       <c r="K84" s="107"/>
       <c r="L84" s="108"/>
       <c r="M84" s="47"/>
       <c r="N84" s="47"/>
       <c r="O84" s="47"/>
       <c r="P84" s="47"/>
     </row>
     <row r="85" spans="1:16" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A85" s="47"/>
       <c r="B85" s="76"/>
       <c r="C85" s="47"/>
       <c r="D85" s="47"/>
       <c r="E85" s="47"/>
       <c r="F85" s="76" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G85" s="47"/>
       <c r="H85" s="47"/>
       <c r="I85" s="47"/>
       <c r="J85" s="47"/>
       <c r="K85" s="47"/>
       <c r="L85" s="47"/>
       <c r="M85" s="47"/>
       <c r="N85" s="47"/>
       <c r="O85" s="47"/>
       <c r="P85" s="47"/>
     </row>
     <row r="86" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A86" s="47"/>
       <c r="B86" s="47"/>
       <c r="C86" s="47"/>
       <c r="D86" s="47"/>
       <c r="E86" s="47"/>
       <c r="F86" s="67"/>
       <c r="G86" s="47"/>
       <c r="H86" s="47"/>
       <c r="I86" s="47"/>
       <c r="J86" s="47"/>
       <c r="K86" s="47"/>
       <c r="L86" s="47"/>
@@ -4774,532 +4771,525 @@
       <c r="L108" s="47"/>
       <c r="M108" s="47"/>
       <c r="N108" s="47"/>
       <c r="O108" s="47"/>
       <c r="P108" s="47"/>
     </row>
     <row r="109" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A109" s="47"/>
       <c r="B109" s="47"/>
       <c r="C109" s="47"/>
       <c r="D109" s="47"/>
       <c r="E109" s="47"/>
       <c r="F109" s="47"/>
       <c r="G109" s="47"/>
       <c r="H109" s="47"/>
       <c r="I109" s="47"/>
       <c r="J109" s="47"/>
       <c r="K109" s="47"/>
       <c r="L109" s="47"/>
       <c r="M109" s="47"/>
       <c r="N109" s="47"/>
       <c r="O109" s="47"/>
       <c r="P109" s="47"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="MqGIojngx1/gbuFagHkH8+3fYif927vaPNMasybOxwvYDs2fXlkPz7pMISca0FROC+jG9oAJFs9CM1cDvDNvuA==" saltValue="OvOleG66AwGxF6TDXsV8Uw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="xw+fcFamdMRlzARy0rGVovlc2e/tA95fllwUHQ+AAVdte73OhTrB1ig5jINKgjihsgdkWqE4iMuIUF9wthlmAg==" saltValue="9Qi8XulhPejGqSdIVq4kcw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="126">
+    <mergeCell ref="H84:L84"/>
+    <mergeCell ref="A50:L50"/>
+    <mergeCell ref="A51:G51"/>
+    <mergeCell ref="H51:I51"/>
+    <mergeCell ref="K51:L51"/>
+    <mergeCell ref="A44:L44"/>
+    <mergeCell ref="B63:J63"/>
+    <mergeCell ref="B64:J64"/>
+    <mergeCell ref="H77:L77"/>
+    <mergeCell ref="A80:D80"/>
+    <mergeCell ref="A45:G45"/>
+    <mergeCell ref="A49:G49"/>
+    <mergeCell ref="E81:G81"/>
+    <mergeCell ref="A56:I56"/>
+    <mergeCell ref="A69:L69"/>
+    <mergeCell ref="J60:L60"/>
+    <mergeCell ref="B62:J62"/>
+    <mergeCell ref="A58:I58"/>
+    <mergeCell ref="H80:L80"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="A60:I60"/>
+    <mergeCell ref="H79:L79"/>
+    <mergeCell ref="E77:G77"/>
+    <mergeCell ref="E79:G79"/>
+    <mergeCell ref="K49:L49"/>
+    <mergeCell ref="J56:L56"/>
+    <mergeCell ref="J58:L58"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="K39:L39"/>
+    <mergeCell ref="A42:L42"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="K41:L41"/>
+    <mergeCell ref="K43:L43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="A41:G41"/>
+    <mergeCell ref="A46:L46"/>
+    <mergeCell ref="A43:G43"/>
+    <mergeCell ref="A54:L54"/>
+    <mergeCell ref="A52:L52"/>
+    <mergeCell ref="A47:G47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="K47:L47"/>
+    <mergeCell ref="A48:L48"/>
+    <mergeCell ref="K45:L45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="A40:L40"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="K21:L21"/>
+    <mergeCell ref="K22:L22"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="K38:L38"/>
+    <mergeCell ref="I26:K26"/>
+    <mergeCell ref="I27:K27"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="F31:I31"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="K37:L37"/>
+    <mergeCell ref="K36:L36"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="F16:J16"/>
+    <mergeCell ref="A32:L32"/>
+    <mergeCell ref="K16:L16"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="B4:F4"/>
+    <mergeCell ref="A7:L7"/>
+    <mergeCell ref="A25:L25"/>
+    <mergeCell ref="K17:L17"/>
+    <mergeCell ref="A83:D83"/>
+    <mergeCell ref="E83:G83"/>
+    <mergeCell ref="A78:D78"/>
+    <mergeCell ref="H78:L78"/>
+    <mergeCell ref="H81:L81"/>
+    <mergeCell ref="E80:G80"/>
+    <mergeCell ref="A70:L76"/>
+    <mergeCell ref="B65:J65"/>
+    <mergeCell ref="B66:J66"/>
+    <mergeCell ref="A77:D77"/>
+    <mergeCell ref="A29:L29"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="K34:L34"/>
+    <mergeCell ref="K35:L35"/>
+    <mergeCell ref="A35:G35"/>
+    <mergeCell ref="A37:G37"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A5:F5"/>
+    <mergeCell ref="G5:L5"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="I9:J9"/>
+    <mergeCell ref="I12:J12"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="G4:L4"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="K9:L9"/>
+    <mergeCell ref="K11:L11"/>
+    <mergeCell ref="K12:L12"/>
+    <mergeCell ref="G9:H9"/>
     <mergeCell ref="A84:D84"/>
     <mergeCell ref="E84:G84"/>
     <mergeCell ref="E82:G82"/>
     <mergeCell ref="A81:D81"/>
     <mergeCell ref="H83:L83"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="G6:L6"/>
     <mergeCell ref="A8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:J8"/>
     <mergeCell ref="H82:L82"/>
     <mergeCell ref="A82:D82"/>
     <mergeCell ref="A79:D79"/>
     <mergeCell ref="E78:G78"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="A27:C27"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="A10:L10"/>
     <mergeCell ref="A12:F12"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="A36:G36"/>
     <mergeCell ref="A38:G38"/>
     <mergeCell ref="H36:I36"/>
-    <mergeCell ref="A1:L1"/>
-[...100 lines deleted...]
-    <mergeCell ref="E79:G79"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Issue" error="You can only choose from valid amounts" sqref="J58:L58" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>FEES</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0.25" bottom="0.25" header="0.56000000000000005" footer="0.25"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Gill Sans MT,Regular"470-4836 (Rev. 07/24)</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:B58"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="A30" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B51" sqref="B51"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="140.5703125" style="103" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1" s="104" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A2" s="104" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" s="104" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A4" s="105" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A5" s="97" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A6" s="98" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A7" s="98" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A8" s="98" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" s="99" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A10" s="99" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="11" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A11" s="99" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="12" spans="1:1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="99" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="13" spans="1:1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="97" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A14" s="97" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A15" s="97" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A16" s="97" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:2" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A17" s="97" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:2" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="99" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="99" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="99" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A21" s="97" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:2" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="100" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A23" s="100" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A24" s="100" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="25" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A25" s="100" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="26" spans="1:2" ht="15" x14ac:dyDescent="0.2">
       <c r="A26" s="101" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B26" s="69"/>
     </row>
     <row r="27" spans="1:2" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A27" s="101" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B27" s="69"/>
     </row>
     <row r="28" spans="1:2" ht="15" x14ac:dyDescent="0.2">
       <c r="A28" s="101" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B28" s="69"/>
     </row>
     <row r="29" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A29" s="101" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B29" s="69"/>
     </row>
     <row r="30" spans="1:2" ht="15" x14ac:dyDescent="0.2">
       <c r="A30" s="101" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B30" s="69"/>
     </row>
     <row r="31" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A31" s="101" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B31" s="69"/>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A32" s="99" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:2" ht="15" x14ac:dyDescent="0.2">
       <c r="A33" s="101" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B33" s="70"/>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A34" s="97" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:2" ht="15" x14ac:dyDescent="0.2">
       <c r="A35" s="101" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B35" s="70"/>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A36" s="102" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A37" s="102" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A38" s="102" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A39" s="102" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40" s="102" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:2" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="101" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B41" s="70"/>
     </row>
     <row r="42" spans="1:2" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="97" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="43" spans="1:2" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="97" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="44" spans="1:2" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="97" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A45" s="100" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A46" s="100" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A47" s="100" t="s">
-        <v>79</v>
+        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:2" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="97" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="97" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A50" s="100" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A51" s="100" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A52" s="100" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A53" s="100" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54" spans="1:1" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="97" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="55" spans="1:1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="97" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
     </row>
     <row r="56" spans="1:1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="97" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="99" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="58" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A58" s="97" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="bM9Fgl9O7bsU69KRsbvmQ3cT5le0ppG6fGqZvABeyBIiHYhi29wheMcyqyDjxPkt3/1m7AJ5/FkJ8xyHBJXRFg==" saltValue="fEENIel1aT8Er1II/Esk1A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="92c0aRKdQzeNQynSrx0LmqE+XwCulfgyYjreGRieH0uOMeYWNxYLKnV4FEBO68ekWrLsryUc5ENczw579moqHQ==" saltValue="b+DGtcuDMUABXj7LiXOtWQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="58" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
@@ -5369,70 +5359,79 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E3D823D-F2B6-445B-A041-C31BEEC52E12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D54CB938-5E57-4C2F-B27A-8CE4AB5F53FD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>